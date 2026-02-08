--- v0 (2025-10-15)
+++ v1 (2026-02-08)
@@ -1,252 +1,3321 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/415fa99960f0dc4d/Documents/Documents/AA GTA/Website Documents/Rates and Groupings/New for 1 7 25/Working Papers/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/415fa99960f0dc4d/Documents/Documents/AA GTA/Website Documents/Rates and Groupings/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="18" documentId="8_{BFE7EAA3-15E7-4789-8763-19F3F58B3E6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{081CF32B-A00C-46C0-B1B7-EC8671595472}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="8_{1ABDF6F0-2047-4C84-B8D9-CDDDE4CB2356}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7679F601-F38E-4C36-B0E6-B205346F474D}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="by reg age, veh age and group" sheetId="2" r:id="rId1"/>
+    <sheet name="by group and model" sheetId="1" r:id="rId1"/>
+    <sheet name="by manufacturer model and group" sheetId="2" r:id="rId2"/>
+    <sheet name="Notes" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'by reg age, veh age and group'!$A$5:$C$11</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'by reg age, veh age and group'!$2:$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'by group and model'!$A$5:$G$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'by manufacturer model and group'!$A$5:$E$853</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'by manufacturer model and group'!$2:$5</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3614" uniqueCount="1007">
+  <si>
+    <t>S1</t>
+  </si>
+  <si>
+    <t>S2</t>
+  </si>
+  <si>
+    <t>S3</t>
+  </si>
+  <si>
+    <t>S4</t>
+  </si>
+  <si>
+    <t>S5</t>
+  </si>
+  <si>
+    <t>S6</t>
+  </si>
+  <si>
+    <t>S7</t>
+  </si>
+  <si>
+    <t>Vauxhall Agila (1.0)</t>
+  </si>
+  <si>
+    <t>Citroen C1 (1.0)</t>
+  </si>
+  <si>
+    <t>Peugeot 107 (1.0)</t>
+  </si>
+  <si>
+    <t>Peugeot 208 Access plus 68 BHP 1000cc</t>
+  </si>
+  <si>
+    <t>Nissan Micra (1.0)</t>
+  </si>
+  <si>
+    <t>Toyota Yaris (1.0)</t>
+  </si>
+  <si>
+    <t>Fiat Seicento (899cc)</t>
+  </si>
+  <si>
+    <t>Microcar Virgo (1.0)</t>
+  </si>
   <si>
     <t>Group</t>
   </si>
   <si>
+    <t>Smart pulse (600cc)</t>
+  </si>
+  <si>
+    <t>Reva G-Wiz Electric</t>
+  </si>
+  <si>
+    <t>VW Polo (1.0)</t>
+  </si>
+  <si>
+    <t>Citroen</t>
+  </si>
+  <si>
+    <t>M1</t>
+  </si>
+  <si>
+    <t>M2</t>
+  </si>
+  <si>
+    <t>M3</t>
+  </si>
+  <si>
+    <t>SP3</t>
+  </si>
+  <si>
+    <t>Vehicle</t>
+  </si>
+  <si>
+    <t>Manufactuer</t>
+  </si>
+  <si>
+    <t>VW Polo 1.2</t>
+  </si>
+  <si>
+    <t>Renault Clio (1.2)</t>
+  </si>
+  <si>
+    <t>Vauxhall Corsa (1.2)</t>
+  </si>
+  <si>
+    <t>Ford Fiesta (1.2)</t>
+  </si>
+  <si>
+    <t>Smart ForFour (1.1)</t>
+  </si>
+  <si>
+    <t>Suzuki Wagon 1229cc</t>
+  </si>
+  <si>
+    <t>Fiat 500 Pop</t>
+  </si>
+  <si>
+    <t>Fiat 500 Lounge</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fiat 500 L Lounge Multijet </t>
+  </si>
+  <si>
+    <t>Fiat Punto ELX.5Dr. 1.2ltr</t>
+  </si>
+  <si>
+    <t>Fiat Panda 1.2 Lounge 1242cc</t>
+  </si>
+  <si>
+    <t>Hyundai I10 1.2 Active  1248cc</t>
+  </si>
+  <si>
+    <t>Vauxhall Astra (1.4)</t>
+  </si>
+  <si>
+    <t>Vauxhall Astra 1.2 CDTI 16V 95PS ECOFLEX 1248cc</t>
+  </si>
+  <si>
+    <t>Vauxhall Astra Sport Hatch 1.6i 16v Sri (115) 3dr 1600cc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ford Focus (1.4) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peugeot 307 (1.4) </t>
+  </si>
+  <si>
+    <t>Toyota Corolla (1.4)</t>
+  </si>
+  <si>
+    <t>VW Polo (1.4)</t>
+  </si>
+  <si>
+    <t>Honda Civic (1.4)</t>
+  </si>
+  <si>
+    <t>Smart ForFour (1.3)</t>
+  </si>
+  <si>
+    <t>Hyundai Getz D GRTD/GSI  1.5</t>
+  </si>
+  <si>
+    <t>Peugeot 207 1.4</t>
+  </si>
+  <si>
+    <t>Honda Jazz 1.5</t>
+  </si>
+  <si>
+    <t>Vauxhall Corsa 1.4</t>
+  </si>
+  <si>
+    <t>Suzuki Jimny 1.4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nissan Note Acenta 1398.(moved. M . 2010) </t>
+  </si>
+  <si>
+    <t>Peugeot 308.(all derivatives)( moved to S4.11.04.11)</t>
+  </si>
+  <si>
+    <t>Renault Wind roadster dynamique S TCE convertible 1149cc</t>
+  </si>
+  <si>
+    <t>Ford Fiesta 1.0T Zetec EcoBoost 100PS 998cc</t>
+  </si>
+  <si>
+    <t>VW Golf Mk VI 1.2S (85 PS)</t>
+  </si>
+  <si>
+    <t>Skoda Fabia Elegance TSI 105bhp 1197cc</t>
+  </si>
+  <si>
+    <t>Peugeot 307 (1.6)</t>
+  </si>
+  <si>
+    <t>Peugeot 2008 Allure E-hdi (5 Door Hatchback) 1.6</t>
+  </si>
+  <si>
+    <t>Peugeot 207 Sport.SW 1.6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vauxhall Astra (1.6) </t>
+  </si>
+  <si>
+    <t>Ford Focus (1.6)</t>
+  </si>
+  <si>
+    <t>Smart ForFour (1.5)</t>
+  </si>
+  <si>
+    <t>Ford Focus Zetec (130 PS) 1 litre</t>
+  </si>
+  <si>
+    <t>Ford Focus Titanium 99 &amp; 125 BHP 999cc</t>
+  </si>
+  <si>
+    <t>VW Beetle 1.4</t>
+  </si>
+  <si>
+    <t>Mini One 1.6</t>
+  </si>
+  <si>
+    <t>Ford Street ka 1.6</t>
+  </si>
+  <si>
+    <t>Citroen C3 Pluriel Convertible 1360</t>
+  </si>
+  <si>
+    <t>Renault Modus 1.6</t>
+  </si>
+  <si>
+    <t>VW Golf GT TSI 1.4</t>
+  </si>
+  <si>
+    <t>Alfa Romeo Mito 1.4  VELOCE MULTIAIR</t>
+  </si>
+  <si>
+    <t>Toyota Prius 1500</t>
+  </si>
+  <si>
+    <t>Honda Insight hybrid 1399</t>
+  </si>
+  <si>
+    <t>Seat Altea 1.4 (moved from M2 19.5.10)</t>
+  </si>
+  <si>
+    <t>Hyundai i30 1.4 Active 100ps 5dr (petrol) 1400cc</t>
+  </si>
+  <si>
+    <t>Chevrolet Cruze LS 4dr Sal</t>
+  </si>
+  <si>
+    <t>Peugeot 308 1.4.Ltr (All derivatives other than Conv/coupe)</t>
+  </si>
+  <si>
+    <t>Mini First Hatchback 1.4L</t>
+  </si>
+  <si>
+    <t>Mitsubishi Lancer GS 2</t>
+  </si>
+  <si>
+    <t>Nissan Juke Acenta DCI 1.5ltr</t>
+  </si>
+  <si>
+    <t>Hyundai Comfort 130 5Dr 1600ccs</t>
+  </si>
+  <si>
+    <t>Peugeot 206 Allure Coupe 1587cc</t>
+  </si>
+  <si>
+    <t>Citroen DS3 Black &amp; White HDI 90 3dr Hatchback Diesel 1560cc</t>
+  </si>
+  <si>
+    <t>Skoda Octavia 1197 SE Tsi (105PS)</t>
+  </si>
+  <si>
+    <t>Skoda Rapid Elegance TDI CR 1598cc</t>
+  </si>
+  <si>
+    <t>Skoda Rapid Elegance TSI 1197cc</t>
+  </si>
+  <si>
+    <t>Seat Toledo 1.6 105 TDI Ecomotive 1598cc</t>
+  </si>
+  <si>
+    <t>Seat Leon SE TSI 1197cc</t>
+  </si>
+  <si>
+    <t>Peugeot 2008 1600cc</t>
+  </si>
+  <si>
+    <t>Renault Captur Hatchback 1.5 dCi 90 Expression+ 5dr 1461 cc</t>
+  </si>
+  <si>
+    <t>Skoda Octavia Elegance TSI S-A  1390cc</t>
+  </si>
+  <si>
+    <t>Peugeot 407 (1.8)</t>
+  </si>
+  <si>
+    <t>Vauxhall Vectra (1.8)</t>
+  </si>
+  <si>
+    <t>Ford Mondeo (1.8)</t>
+  </si>
+  <si>
+    <t>Renault Laguna (1.8)</t>
+  </si>
+  <si>
+    <t>Mitsubishi Colt CZC cabriolet 1.5</t>
+  </si>
+  <si>
+    <t>Mitsubishi ASX 3 (1.8)</t>
+  </si>
+  <si>
+    <t>Vauxhall Tigra coupe cabriolet 1.8</t>
+  </si>
+  <si>
+    <t>VW Beetle 1.4 convertible</t>
+  </si>
+  <si>
+    <t>VW Passat SE 20v Turbo1791 (petrol)</t>
+  </si>
+  <si>
+    <t>Toyota Avensis 1.8</t>
+  </si>
+  <si>
+    <t>Peugeot 206 1.6 sport convertible</t>
+  </si>
+  <si>
+    <t>Alfa Mito 1598</t>
+  </si>
+  <si>
+    <t>Toyota Prius 1.8</t>
+  </si>
+  <si>
+    <t>Honda CR-Z. 1.5 ltr. Hybrid Eng</t>
+  </si>
+  <si>
+    <t>Honda 2012 Civic I-VTEC SE 5 dr Auto Hatchback 1.8</t>
+  </si>
+  <si>
+    <t>Skoda 1.6TD CR Elegance</t>
+  </si>
+  <si>
+    <t>Toyota Auris.1.8 Hybrid.Synergy</t>
+  </si>
+  <si>
+    <t>Vauxhall Astra. SE2 Coupe. 1796ccs</t>
+  </si>
+  <si>
+    <t>VW Golf. 1.6. TDI. Bluemotion.tech DSG</t>
+  </si>
+  <si>
+    <t>Vauxhall Astra. Twin Top. Conv. 1600i</t>
+  </si>
+  <si>
+    <t>Vauxhall Astra Sportive. DTI. 1686ccs</t>
+  </si>
+  <si>
+    <t>Peugeot 308(all derivatives except Con/ Coupe)</t>
+  </si>
+  <si>
+    <t>VW Passat S TDI Bluemotion Technology estate 1.6</t>
+  </si>
+  <si>
+    <t>Vauxhall Insignia SE 1.4 Petrol</t>
+  </si>
+  <si>
+    <t>Peugeot 508 HDI SW Active 1560cc</t>
+  </si>
+  <si>
+    <t>MG6 GT S 160PS 1796 Turbo</t>
+  </si>
+  <si>
+    <t>Vauxhall Mokka 2WD 130 ps derivatives</t>
+  </si>
+  <si>
+    <t>Ford Street ka 1.6 convertible</t>
+  </si>
+  <si>
+    <t>VW Golf Hatch 5 door1.6 FSI</t>
+  </si>
+  <si>
+    <t>VW Golf SE 2 door Cabriolet 1595cc</t>
+  </si>
+  <si>
+    <t>VW Jetta Sport Bluemotion 1589cc</t>
+  </si>
+  <si>
+    <t>Vauxhall Insignia 1600cc</t>
+  </si>
+  <si>
+    <t>Vauxhall Mokka 1.4 Exclus 140PS 2 wheel drive</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vauxhall Vectra (2.0) </t>
+  </si>
+  <si>
+    <t>Ford Mondeo (2.0)</t>
+  </si>
+  <si>
+    <t>Peugeot 407 (2.0)</t>
+  </si>
+  <si>
+    <t>Peugeot 508 SR HDI 1997cc</t>
+  </si>
+  <si>
+    <t>Renault Laguna (2.0)</t>
+  </si>
+  <si>
+    <t>MGZT 2.0 diesel</t>
+  </si>
+  <si>
+    <t>Rover 75 2.0</t>
+  </si>
+  <si>
+    <t>Honda Civic 2.2i Sport</t>
+  </si>
+  <si>
+    <t>Nissan Primera 2.2 turbo diesel</t>
+  </si>
+  <si>
+    <t>VW Golf (excl GTi) 2.0</t>
+  </si>
+  <si>
+    <t>VW Passat 2.0</t>
+  </si>
+  <si>
+    <t>Subaru Impreza Sportwagon 2.0</t>
+  </si>
+  <si>
+    <t>Chrysler Neon 2.0</t>
+  </si>
+  <si>
+    <t>Toyota Avensis 2.0</t>
+  </si>
+  <si>
+    <t>Toyota Avensis TSPIRIT D-4D 2.2L</t>
+  </si>
+  <si>
+    <t>Honda Accord VTEC SE Exec Auto</t>
+  </si>
+  <si>
+    <t>VW Golf 1.9 TDI SE</t>
+  </si>
+  <si>
+    <t>VW Golf TDI 170 GTD 2000cc</t>
+  </si>
+  <si>
+    <t>VW Golf GT Tdi 1.9</t>
+  </si>
+  <si>
+    <t>Peugeot 206 2.0</t>
+  </si>
+  <si>
+    <t>VW Beetle 2.0</t>
+  </si>
+  <si>
+    <t>Peugeot 206 GTI (standard)</t>
+  </si>
+  <si>
+    <t>Mazda Sport. 2ltr. Diesel</t>
+  </si>
+  <si>
+    <t>Peugeot 308 1.6ltr Vti. Sport. 2 Dr. Cab/Coupe</t>
+  </si>
+  <si>
+    <t>Skoda Octavia.2.0.tr. VRS</t>
+  </si>
+  <si>
+    <t>Peugeot 308 all derivatives other than Conv/Coupe)</t>
+  </si>
+  <si>
+    <t>Vauxhall/Opal Insignia 1800cc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vauxhall/Opal Insignia 2000cc </t>
+  </si>
+  <si>
+    <t>Seat EXEO SPORT TECH CR TDI CV 1968cc</t>
+  </si>
+  <si>
+    <t>Citroen DS3 cabriolet THP DSport 2d</t>
+  </si>
+  <si>
+    <t>Seat Exeo 2.0ltr</t>
+  </si>
+  <si>
+    <t>Citroen C5 Design 16v 2.0l</t>
+  </si>
+  <si>
+    <t>VW Golf GT TDI 140. 2.0L</t>
+  </si>
+  <si>
+    <t>Vauxhall Signum (2.8)</t>
+  </si>
+  <si>
+    <t>Peugeot 607 (2.2)</t>
+  </si>
+  <si>
+    <t>Peugeot 407 Sport 2.7L</t>
+  </si>
+  <si>
+    <t>Skoda Superb (2.5)</t>
+  </si>
+  <si>
+    <t>Chrysler PT Cruiser 2.4 Touring Cabriolet 2.4</t>
+  </si>
+  <si>
+    <t>Vauxhall Astra Convertible Linea Rossa 2198</t>
+  </si>
+  <si>
+    <t>Renault Megane Cabrio 2.0</t>
+  </si>
+  <si>
+    <t>Renault Megane Coupe Cabriolet 1870</t>
+  </si>
+  <si>
+    <t>Honda Accord I-CDTI Sport  2.2</t>
+  </si>
+  <si>
+    <t>VW EOS FSI 1984cc</t>
+  </si>
+  <si>
+    <t>Subaru Legacy outback SE E 4x4. 2.5</t>
+  </si>
+  <si>
+    <t>VW Passat  CC. (2.0)</t>
+  </si>
+  <si>
+    <t>VW Passat GT CC TDI 170 (2.0) Coupe Diesel</t>
+  </si>
+  <si>
+    <t>Vauxhall Insignia(2010.Current Models – above 2L)</t>
+  </si>
+  <si>
+    <t>VW Eos Coupe. Cabriolet. 2.0ltr</t>
+  </si>
+  <si>
+    <t>Honda Accord.  V-Tec. 2354ccs</t>
+  </si>
+  <si>
+    <t>VW Golf GTD 184 ps 2000cc</t>
+  </si>
+  <si>
+    <t>Chevrolet Volt 1398cc (+ electric)</t>
+  </si>
+  <si>
+    <t>Citroen DS5 HDi 160 Dstyle 1997cc</t>
+  </si>
+  <si>
+    <t>VW Passat 1.9 diesel</t>
+  </si>
+  <si>
+    <t>VW Golf.TDI Sport 140BHP. 2.0ltr</t>
+  </si>
+  <si>
+    <t>Engine Size (litre)</t>
+  </si>
+  <si>
+    <t>Fiat</t>
+  </si>
+  <si>
+    <t>Microcar</t>
+  </si>
+  <si>
+    <t>Nissan</t>
+  </si>
+  <si>
+    <t>Peugeot</t>
+  </si>
+  <si>
+    <t>Reva</t>
+  </si>
+  <si>
+    <t>Smart</t>
+  </si>
+  <si>
+    <t>Toyota</t>
+  </si>
+  <si>
+    <t>Vauxhall</t>
+  </si>
+  <si>
+    <t>VW</t>
+  </si>
+  <si>
+    <t>Ford</t>
+  </si>
+  <si>
+    <t>Hyundai</t>
+  </si>
+  <si>
+    <t>Renault</t>
+  </si>
+  <si>
+    <t>Skoda</t>
+  </si>
+  <si>
+    <t>Suzuki</t>
+  </si>
+  <si>
+    <t>Honda</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Chevrolet</t>
+  </si>
+  <si>
+    <t>Mini</t>
+  </si>
+  <si>
+    <t>Mitsubishi</t>
+  </si>
+  <si>
+    <t>Seat</t>
+  </si>
+  <si>
+    <t>Chrysler</t>
+  </si>
+  <si>
+    <t>Mazda</t>
+  </si>
+  <si>
+    <t>Rover</t>
+  </si>
+  <si>
+    <t>Subaru</t>
+  </si>
+  <si>
+    <t>Peugeot 308s 5 dr</t>
+  </si>
+  <si>
+    <t>MG</t>
+  </si>
+  <si>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>Renault Megane 1.6</t>
+  </si>
+  <si>
+    <t>Renault Megane 1.5</t>
+  </si>
+  <si>
+    <t>Renault Megane Dynamique.1.4</t>
+  </si>
+  <si>
+    <t>Renault Megane Dynamique.1.6</t>
+  </si>
+  <si>
+    <t>Standard</t>
+  </si>
+  <si>
+    <t>MPV</t>
+  </si>
+  <si>
+    <t>M4</t>
+  </si>
+  <si>
+    <t>M5</t>
+  </si>
+  <si>
+    <t>M6</t>
+  </si>
+  <si>
+    <t>Citroen Berlingo Multispace X 1.4</t>
+  </si>
+  <si>
+    <t>Renault Scenic FIDJI 16v 1.4L</t>
+  </si>
+  <si>
+    <t>Vauxhall Meriva Life 1.4</t>
+  </si>
+  <si>
+    <t>Vauxhall Meriva 1.6.(old model)</t>
+  </si>
+  <si>
+    <t>Nissan Note(.All versions)</t>
+  </si>
+  <si>
+    <t>Ford B-Max ecosport 1.0T 125PS EcoBoost 5 Speed</t>
+  </si>
+  <si>
+    <t>Kia Soul 1598ccs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citroen Picasso (1.8) </t>
+  </si>
+  <si>
+    <t>Ford Focus C-Max (1.8)</t>
+  </si>
+  <si>
+    <t>Ford Focus C-Max (1.6)</t>
+  </si>
+  <si>
+    <t>Ford C-Mac 1.0T Zetec EcoBoost 100PS 998cc</t>
+  </si>
+  <si>
+    <t>Renault Scenic (1.6)</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira (1.8)</t>
+  </si>
+  <si>
+    <t>Citroen Picasso 1.6</t>
+  </si>
+  <si>
+    <t>Mazda Premacy 1.8</t>
+  </si>
+  <si>
+    <t>Renault GR SCENIC EX-ION DCI106E4 1461cc</t>
+  </si>
+  <si>
+    <t>Nissan Qashqai Acenta/Visia 1.6</t>
+  </si>
+  <si>
+    <t>VW Touran 1.6 (7 seats)</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira Life 1598</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira Tourer 7 seat 1364 Petrol Turbo 140 PS</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira Tourer 7 seat 110PS 1956 Diesel</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira Tourer 7 seat 140PS 1796 Petrol</t>
+  </si>
+  <si>
+    <t>Peugeot 3008.(1598ccs)</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira.Design.TDI.1910.ccs</t>
+  </si>
+  <si>
+    <t>Renault Grand Scenic. Dynamique. Tom.Tom.TCE. 1397ccs</t>
+  </si>
+  <si>
+    <t>Citroen Belingo Multispace.Forte.1868ccs</t>
+  </si>
+  <si>
+    <t>Hyundai IX35 PREMIUM CRDI 1995cc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VW Golf Plus. 1.4 (all derivatives) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VW Golf Plus. 1.6.(all derivatives) </t>
+  </si>
+  <si>
+    <t>VW Sharan.1.4 TSI blue motion Tech .5 Door</t>
+  </si>
+  <si>
+    <t>Vauxhall Meriva  SE CDTI 1686cc</t>
+  </si>
+  <si>
+    <t>Fiat 500 L Living MPW seven seat 1.3</t>
+  </si>
+  <si>
+    <t>Fiat 500 L Living MPW seven seat 1.6</t>
+  </si>
+  <si>
+    <t>Hyundai IX35. 1.7ltr</t>
+  </si>
+  <si>
+    <t>Citroen Picasso (2.0)</t>
+  </si>
+  <si>
+    <t>Citroen C4 Grand Picasso 7 seats 2ltr</t>
+  </si>
+  <si>
+    <t>Ford Focus C-Max (2.0)</t>
+  </si>
+  <si>
+    <t>Renault Scenic (1.9)</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira (2.0)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vauxhall Zafira (2.2) </t>
+  </si>
+  <si>
+    <t>Honda FR-V 2.0</t>
+  </si>
+  <si>
+    <t>VW Golf Plus 2.0</t>
+  </si>
+  <si>
+    <t>VW Golf Plus 1.9</t>
+  </si>
+  <si>
+    <t>Renault Megane Scenic Privilege VVT (140) CVT</t>
+  </si>
+  <si>
+    <t>Honda Stream SE sport 2.0</t>
+  </si>
+  <si>
+    <t>VW Touran 2.0 (5 seats)</t>
+  </si>
+  <si>
+    <t>VW Touran 1.9 (5 seats)</t>
+  </si>
+  <si>
+    <t>Peugeot 5008. 1.6HDi, EGC Diesel Est</t>
+  </si>
+  <si>
+    <t>VW Caddy. Life Max. 7 seater</t>
+  </si>
+  <si>
+    <t>Nissan Almera Tino. 7 Seater</t>
+  </si>
+  <si>
+    <t>Nissan Qashqai Acenta 2WD.CVT. 1997ccs</t>
+  </si>
+  <si>
+    <t>Nissan Qashqai Tekna 2WD 1997 cc</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira Breeze.CDTI.1910ccs</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira Tourer 7 seat 130PS 1956 Diesel</t>
+  </si>
+  <si>
+    <t>Ford  S-Max 1.6</t>
+  </si>
+  <si>
+    <t>Ford Galaxy 1.8 TDCi Zetec</t>
+  </si>
+  <si>
+    <t>Ford Galaxy (1.9)</t>
+  </si>
+  <si>
+    <t>Toyota Previa (2.0)</t>
+  </si>
+  <si>
+    <t>VW Sharan (1.8)</t>
+  </si>
+  <si>
+    <t>VW Touran 2.0 TD 7 seats</t>
+  </si>
+  <si>
+    <t>VW Touran 7 seats 1.9tdi</t>
+  </si>
+  <si>
+    <t>KIA Sedona 2.9</t>
+  </si>
+  <si>
+    <t>Seat Alhambra Stylance TDI 130 1.9</t>
+  </si>
+  <si>
+    <t>Renault Espace 1998cc</t>
+  </si>
+  <si>
+    <t>Citroen C8 lx hdi 120a 2.0</t>
+  </si>
+  <si>
+    <t>Toyota Verso Estate 2.2</t>
+  </si>
+  <si>
+    <t>Toyota VERSO T2 D-4D 2.0L</t>
+  </si>
+  <si>
+    <t>Seat Altea 1.4XL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VW Touran 1.9 (7 seats) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VW Touran 2.0 (7 seats) </t>
+  </si>
+  <si>
+    <t>Mazda 5 Furano ( 2.0)</t>
+  </si>
+  <si>
+    <t>Ford Focus. S.Max.2.0.Zetec</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira Tourer 7 seat 165PS 1956 Deisel</t>
+  </si>
+  <si>
+    <t>Chrysler Voyager (2.8)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz Viano (2.0)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Grandis (2.4) </t>
+  </si>
+  <si>
+    <t>Renault Grand Espace (2.0)</t>
+  </si>
+  <si>
+    <t>Ford Galaxy 2.3</t>
+  </si>
+  <si>
+    <t>Toyota Previa 2.4</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz Vito 114 Bluetec Tourer Pro</t>
+  </si>
+  <si>
+    <t>VW 130SE LWB.. 8 seater. Transporter</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mercedes-Benz Viano (2.2) </t>
+  </si>
+  <si>
+    <t>Renault Grand Espace (3.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz Viano (3.5)</t>
+  </si>
+  <si>
+    <t>Chrysler Grand Voyager 3.3</t>
+  </si>
+  <si>
+    <t>Kia</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz</t>
+  </si>
+  <si>
+    <t>Vauxhall Zafira Tourer 7 seat 165PS 1956 Diesel</t>
+  </si>
+  <si>
+    <t>4 x 4</t>
+  </si>
+  <si>
+    <t>F1</t>
+  </si>
+  <si>
+    <t>F2</t>
+  </si>
+  <si>
+    <t>F3</t>
+  </si>
+  <si>
+    <t>F4</t>
+  </si>
+  <si>
+    <t>F5</t>
+  </si>
+  <si>
+    <t>F6</t>
+  </si>
+  <si>
+    <t>F7</t>
+  </si>
+  <si>
+    <t>F8</t>
+  </si>
+  <si>
+    <t>F9</t>
+  </si>
+  <si>
+    <t>Land Rover Freelander (1.8)</t>
+  </si>
+  <si>
+    <t>Mitsubishi Outlander (2.4)</t>
+  </si>
+  <si>
+    <t>Toyota RAV4 (2.0)</t>
+  </si>
+  <si>
+    <t>Nissan Terrano (2.7)</t>
+  </si>
+  <si>
+    <t>Kia Sportage 2.0</t>
+  </si>
+  <si>
+    <t>Mitsubishi Shogun Pinin 1.8</t>
+  </si>
+  <si>
+    <t>Suzuki Grand Vitara 1.6</t>
+  </si>
+  <si>
+    <t>Suzuki Grand Hard Top 2.0</t>
+  </si>
+  <si>
+    <t>Ford Kuga. 2Ltr</t>
+  </si>
+  <si>
+    <t>Skoda Yeti TDI. 2.0ltr</t>
+  </si>
+  <si>
+    <t>Nissan X-TRAIL TEKNA DCI AUTO 1995cc</t>
+  </si>
+  <si>
+    <t>Hyundai IX 35 2.0 CRDi Premium 5dr 4WD</t>
+  </si>
+  <si>
+    <t>Vauxhall Mokka CDTi Exclusiv 5dr  1.7 4x4</t>
+  </si>
+  <si>
+    <t>Land Rover Freelander (2.0)</t>
+  </si>
+  <si>
+    <t>Landrover Freelander 2.  2.2ltr</t>
+  </si>
+  <si>
+    <t>Kia Sorrento (2.5)</t>
+  </si>
+  <si>
+    <t>Mitsubishi Shogun Sport 2.5</t>
+  </si>
+  <si>
+    <t>Honda CRV CDTI SE 2.2</t>
+  </si>
+  <si>
+    <t>Subaru Forester 2.0</t>
+  </si>
+  <si>
+    <t>Nissan  x-trail 4x2 2.2</t>
+  </si>
+  <si>
+    <t>Honda CRV Vtec sport 2.0</t>
+  </si>
+  <si>
+    <t>Hyundai Santa Fe gsi crtd 2.2</t>
+  </si>
+  <si>
+    <t>Hyundai Santa Fe CRTD CDX Estate 2.2</t>
+  </si>
+  <si>
+    <t>Kia Sorrento 2.2</t>
+  </si>
+  <si>
+    <t>Kia Sorrento 2.4</t>
+  </si>
+  <si>
+    <t>Toyota Rav 4 (2.2)</t>
+  </si>
+  <si>
+    <t>VW Tiguan. Escape. TDI</t>
+  </si>
+  <si>
+    <t>VW Tiguan SUV.Sport.2.0 TDI Dpf 140</t>
+  </si>
+  <si>
+    <t>VW Tiguan.1.4 . 2 WD</t>
+  </si>
+  <si>
+    <t>Citroen C-Crosser VTR Plus HDI 2197</t>
+  </si>
+  <si>
+    <t>BMW X3 (2.0)</t>
+  </si>
+  <si>
+    <t>BMW X1 S drive SE.(2.0)</t>
+  </si>
+  <si>
+    <t>BMW X1 XDRIVE 2.0D M Sport</t>
+  </si>
+  <si>
+    <t>Land Rover Discovery (2.5)</t>
+  </si>
+  <si>
+    <t>Landrover Freelander 2.2 HSE SD4 2200cc</t>
+  </si>
+  <si>
+    <t>Mitsubishi Warrior L200 2.5</t>
+  </si>
+  <si>
+    <t>Mitsubishi L200 4X4 Barbarian</t>
+  </si>
+  <si>
+    <t>Nissan x-trail SVE Auto 2.4</t>
+  </si>
+  <si>
+    <t>Honda CRV VTEC Exec 2.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nissan Pathfinder sport 2.5 </t>
+  </si>
+  <si>
+    <t>Kia Sorento.KX-1, KX-2,KX-3</t>
+  </si>
+  <si>
+    <t>Chevrolet Captiva. 2.0 VCDI. LTZ</t>
+  </si>
+  <si>
+    <t>Isuzu  Trooper TDI.2999ccs</t>
+  </si>
+  <si>
+    <t>Range Rover Evoque 2.2</t>
+  </si>
+  <si>
+    <t>Mercedes Benz GLA 220 GLA 220 4Matic AMG Line 2.1</t>
+  </si>
+  <si>
+    <t>Mitsubishi Shogun (3.5)</t>
+  </si>
+  <si>
+    <t>Jeep Grand Cherokee (3.0)</t>
+  </si>
+  <si>
+    <t>Lexus RX300 (3.0)</t>
+  </si>
+  <si>
+    <t>BMW X3 (2.5)</t>
+  </si>
+  <si>
+    <t>VW Touareg (2.5)</t>
+  </si>
+  <si>
+    <t>VW Touareg 2.5 Tdi SE</t>
+  </si>
+  <si>
+    <t>Land Rover Discovery 2.7SE</t>
+  </si>
+  <si>
+    <t>Shogun Warrior DI-D 3200</t>
+  </si>
+  <si>
+    <t>Landrover Discovery 2.7TD V6 SE</t>
+  </si>
+  <si>
+    <t>Audi Q5.2.ltr</t>
+  </si>
+  <si>
+    <t>Volvo XC60</t>
+  </si>
+  <si>
+    <t>Volvo XC60 (2 wheel drive) Diesel 1984cc</t>
+  </si>
+  <si>
+    <t>Land Rover Discovery 4. XS</t>
+  </si>
+  <si>
+    <t>Porsche Macan 2 ltr</t>
+  </si>
+  <si>
+    <t>Volvo D5 (220bhp) R DESIGN Nav AWD 5d Geartronic 2400cc</t>
+  </si>
+  <si>
+    <t>Range Rover Velar S 2.0 D180</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz ML270 &amp;  ML300</t>
+  </si>
+  <si>
+    <t>BMW X5 (3.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz GLA AMG 45 4Matic Premium</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz ML250 CDI 2.5 litre</t>
+  </si>
+  <si>
+    <t>Land Rover Discovery (4.4)</t>
+  </si>
+  <si>
+    <t>Land Rover Discovery Diesel SDV6 SE Tech 3000cc</t>
+  </si>
+  <si>
+    <t>Land Rover Discovery.XS.TD.V6.3.0 Ltr( also GS,model)</t>
+  </si>
+  <si>
+    <t>VW Touareg 3.0</t>
+  </si>
+  <si>
+    <t>Toyota Land Cruiser 3.0 LC4</t>
+  </si>
+  <si>
+    <t>BMW X3 3.0i/3.0d</t>
+  </si>
+  <si>
+    <t>Volvo XC70 2.5T/D5</t>
+  </si>
+  <si>
+    <t>Jeep Grand Cherokee 4.7</t>
+  </si>
+  <si>
+    <t>Audi Q5. 3ltr</t>
+  </si>
+  <si>
+    <t>BMW X 6</t>
+  </si>
+  <si>
+    <t>BMW X5 X Drive, SE D 2.5</t>
+  </si>
+  <si>
+    <t>Porsche Macan S &amp; Macan S Diesel 3ltr</t>
+  </si>
+  <si>
+    <t>Range Rover Velar S 2.0 D240</t>
+  </si>
+  <si>
+    <t>Range Rover Velar S 2.0 P250</t>
+  </si>
+  <si>
+    <t>BMW X5 XDrive40d SE 5dr and 7dr</t>
+  </si>
+  <si>
+    <t>BMW X6 xDrive40D 5DR Step Auto 3.0</t>
+  </si>
+  <si>
+    <t>Porsche Cayenne (3.2)</t>
+  </si>
+  <si>
+    <t>Porsche Cayenne V6 Diesel TIP S 2968cc</t>
+  </si>
+  <si>
+    <t>Lexus RX400</t>
+  </si>
+  <si>
+    <t>Volvo XC90 2.9SE</t>
+  </si>
+  <si>
+    <t>Audi Q7 Tdi Quattro 3.0 (7 seats)</t>
+  </si>
+  <si>
+    <t>Volvo XC90 SE D5 2.4</t>
+  </si>
+  <si>
+    <t>Range Rover Sports S 2.7</t>
+  </si>
+  <si>
+    <t>Land Rover Discovery. TD.V6.HSE</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz ML350 3.0 litre CDi BlueTEC Sport 5dr Auto</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz ML350 (3.5)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz GLE 350cdi SUV 2987cc</t>
+  </si>
+  <si>
+    <t>Range Rover Velar S 2.0 D300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Range Rover Velar S 2.0 P300  </t>
+  </si>
+  <si>
+    <t>Porsche Cayenne S (4.5)</t>
+  </si>
+  <si>
+    <t>Porsche Macan Turbo Macan 3.6 ltr</t>
+  </si>
+  <si>
+    <t>BMW X5 V8 (4.4)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz ML500 (5.0)</t>
+  </si>
+  <si>
+    <t>Range Rover (3.0)</t>
+  </si>
+  <si>
+    <t>Audi Q7 Fsi Quattro 4.2 (7 seats)</t>
+  </si>
+  <si>
+    <t>Infiniti FX 37</t>
+  </si>
+  <si>
+    <t>VW Touareg V8 ALTITUDE TDI 4134cc</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz GLE 500 e SUV 2996cc</t>
+  </si>
+  <si>
+    <t>Range Rover Sport SDV6 HSE</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz GL350cdi (also GLS 350 CDI) 2977cc</t>
+  </si>
+  <si>
+    <t>Range Rover Velar S 3.0 P380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Range Rover V8 (4.4) </t>
+  </si>
+  <si>
+    <t>Range Rover Sport Supercharged (4.2)</t>
+  </si>
+  <si>
+    <t>Range Rover TDV6 3.0 (all derivatives but 4th Gen 2013 only)</t>
+  </si>
+  <si>
+    <t>BMW X5 4.8 Sport 5 door auto</t>
+  </si>
+  <si>
+    <t>VW Touareg 5.0</t>
+  </si>
+  <si>
+    <t>BMW X5 (4.8is)</t>
+  </si>
+  <si>
+    <t>Range Rover Sport Diesel Estate TDV8 HSE 5 door Auto</t>
+  </si>
+  <si>
+    <t>Infiniti.FX 50</t>
+  </si>
+  <si>
+    <t>Range Rover sport 3.0 Autobiography</t>
+  </si>
+  <si>
+    <t>Porsche Cayenne GTS V8 (4806 cc)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Porsche Cayenne Turbo (4.5) </t>
+  </si>
+  <si>
+    <t>Range Rover Vogue Supercharged (4.2)</t>
+  </si>
+  <si>
+    <t>Range Rover sport Autobiography 5.0ltr</t>
+  </si>
+  <si>
+    <t>Cadillac Escalade 8 Seats V8 Auto 6162cc</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz ML 63</t>
+  </si>
+  <si>
+    <t>Shogun</t>
+  </si>
+  <si>
+    <t>Nissan </t>
+  </si>
+  <si>
+    <t>BMW</t>
+  </si>
+  <si>
+    <t>Isuzu</t>
+  </si>
+  <si>
+    <t>Audi</t>
+  </si>
+  <si>
+    <t>Jeep</t>
+  </si>
+  <si>
+    <t>Lexus</t>
+  </si>
+  <si>
+    <t>Porsche</t>
+  </si>
+  <si>
+    <t>Volvo</t>
+  </si>
+  <si>
+    <t>Sports</t>
+  </si>
+  <si>
+    <t>Infiniti</t>
+  </si>
+  <si>
+    <t>Cadillac</t>
+  </si>
+  <si>
+    <t>Land Rover</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz GLA 220 GLA 220 4Matic AMG Line 2.1</t>
+  </si>
+  <si>
+    <t>Range Rover</t>
+  </si>
+  <si>
+    <t>Infiniti EX 37</t>
+  </si>
+  <si>
+    <t>Infiniti EX 30</t>
+  </si>
+  <si>
+    <t>Audi Q5. 3.2ltr</t>
+  </si>
+  <si>
+    <t>Prestige</t>
+  </si>
+  <si>
+    <t>P1</t>
+  </si>
+  <si>
+    <t>P2</t>
+  </si>
+  <si>
+    <t>P3</t>
+  </si>
+  <si>
+    <t>P4</t>
+  </si>
+  <si>
+    <t>P5</t>
+  </si>
+  <si>
+    <t>P6</t>
+  </si>
+  <si>
+    <t>P7</t>
+  </si>
+  <si>
+    <t>P8</t>
+  </si>
+  <si>
+    <t>P9</t>
+  </si>
+  <si>
+    <t>P10</t>
+  </si>
+  <si>
+    <t>P11</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz A150 (1.5)</t>
+  </si>
+  <si>
+    <t>Audi A3 (1.6)</t>
+  </si>
+  <si>
+    <t>BMW 116 (1.6)</t>
+  </si>
+  <si>
+    <t>BMW.116i SE 2.0ltr</t>
+  </si>
+  <si>
+    <t>BMW 116D.Sport.3DR.2.0tr</t>
+  </si>
+  <si>
+    <t>Alfa Romeo 147 Lusso 1.6</t>
+  </si>
+  <si>
+    <t>Audi A3 Sport. 1197ccs (saloon)</t>
+  </si>
+  <si>
+    <t>Audi A1. 1.6ltr</t>
+  </si>
+  <si>
+    <t>Audi A3 1.2 (not Sportback)</t>
+  </si>
+  <si>
+    <t>Audi A3 1.4 (not Sportback)</t>
+  </si>
+  <si>
+    <t>Audi A3 1.6 (not Sportback)</t>
+  </si>
+  <si>
+    <t>Audi A1 Sportback 1.6 TDI Sport 5 door 1600cc</t>
+  </si>
+  <si>
+    <t>BMW 118 (1.8)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Audi A3 (1.8) </t>
+  </si>
+  <si>
+    <t>Mercedes-Benz A170 (1.7)</t>
+  </si>
+  <si>
+    <t>Volvo S40 1.6SE</t>
+  </si>
+  <si>
+    <t>Alfa Romeo 147 2.0</t>
+  </si>
+  <si>
+    <t>Volvo C30 SE 1596</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz B160</t>
+  </si>
+  <si>
+    <t>Audi A3 1.8 and 1.8T (not Sportback)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz A180 1.5 litre cdi sport 5 dr</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz A160</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz A140 1.4</t>
+  </si>
+  <si>
+    <t>BMW 120 (2.0)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mercedes-Benz B180 (1.8) </t>
+  </si>
+  <si>
+    <t>Audi A4 (1.8)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C180 (1.8)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mercedes-Benz C class.C180.Komp. Blue efficiency 1.6 </t>
+  </si>
+  <si>
+    <t>Mercedes-Benz B180 SE CDI 1500cc</t>
+  </si>
+  <si>
+    <t>Saab 9-3 1.8t</t>
+  </si>
+  <si>
+    <t>Audi A3 1.9SE</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz A250 AMG Sport 1991cc</t>
+  </si>
+  <si>
+    <t>Volvo S40/V50 1.8SE</t>
+  </si>
+  <si>
+    <t>BMW 316 (1.8)</t>
+  </si>
+  <si>
+    <t>Saab 9-3 2.2t</t>
+  </si>
+  <si>
+    <t>Saab 9-3 2.0</t>
+  </si>
+  <si>
+    <t>Audi A3 Sports 1.6</t>
+  </si>
+  <si>
+    <t>Alfa Romeo 156 2.4l</t>
+  </si>
+  <si>
+    <t>Audi A3 T Sport 1.8</t>
+  </si>
+  <si>
+    <t>Citroen C6.2.ltr. Exclusive. Saloon</t>
+  </si>
+  <si>
+    <t>BMW 1. 120D.M.Sport 1995ccs</t>
+  </si>
+  <si>
+    <t>Audi A3 1.9 (not Sportback)</t>
+  </si>
+  <si>
+    <t>Audi A3 2.0 (not Sportback)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMW 320 (2.0) </t>
+  </si>
+  <si>
+    <t>BMW 318 D. Sport. 4 Dr Saloon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Audi A4 (2.0)   </t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C200 (2.0)</t>
+  </si>
+  <si>
+    <t>Jaguar X type 2.2</t>
+  </si>
+  <si>
+    <t>BMW 318 (2.0)</t>
+  </si>
+  <si>
+    <t>Bmw.318 / 320 M.Sport</t>
+  </si>
+  <si>
+    <t>Jaguar X type</t>
+  </si>
+  <si>
+    <t>Saab 9-5 saloon (2.0)</t>
+  </si>
+  <si>
+    <t>Volvo S40 (2.5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Audi Avant 2.0 SE </t>
+  </si>
+  <si>
+    <t>Saab 9-3 2.0T</t>
+  </si>
+  <si>
+    <t>Saab 9-3 Convertible 1.8t</t>
+  </si>
+  <si>
+    <t>Saab 9-3 Convertible 2.0</t>
+  </si>
+  <si>
+    <t>Saab 9-3 vector 150BHP 2.0</t>
+  </si>
+  <si>
+    <t>Audi A3 CABRIOLET. 2.0 TDI</t>
+  </si>
+  <si>
+    <t>Audi A4 tdi</t>
+  </si>
+  <si>
+    <t>Audi A4 cab 1.8t</t>
+  </si>
+  <si>
+    <t>Audi A4 S line.TDI. 1410 manual. 1968ccs</t>
+  </si>
+  <si>
+    <t>Saab Vector 2.0T</t>
+  </si>
+  <si>
+    <t>Mercedes Benz. B200</t>
+  </si>
+  <si>
+    <t>Jaguar XE 2.0 XE Diesel 163ps, 180ps, 200ps</t>
+  </si>
+  <si>
+    <t>BMW 320D M Sport Gran Turismo auto</t>
+  </si>
+  <si>
+    <t>BMW 1 Series 125D M Sport</t>
+  </si>
+  <si>
+    <t>P12</t>
+  </si>
+  <si>
+    <t>P13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMW 325 (2.5) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMW 520 (2.0) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Audi A4 (2.5) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Audi A6 (2.0) </t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C230 (2.3)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E200 (2.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C280 (3.0)</t>
+  </si>
+  <si>
+    <t>Jaguar X-type 2.5 petrol</t>
+  </si>
+  <si>
+    <t>Jaguar X-type. 2.5ltr V6. Sport</t>
+  </si>
+  <si>
+    <t>Jaguar XF D PREMIUM LUXURY 2179 cc</t>
+  </si>
+  <si>
+    <t>Volvo S60/V50/V60. 2.0</t>
+  </si>
+  <si>
+    <t>Volvo S60/V50/V60. 2.4</t>
+  </si>
+  <si>
+    <t>Volvo S60/V50/V60. 2.5</t>
+  </si>
+  <si>
+    <t>Lexus IS 220/IS 250</t>
+  </si>
+  <si>
+    <t>Jaguar S type</t>
+  </si>
+  <si>
+    <t>Volvo V70 (2.0t)</t>
+  </si>
+  <si>
+    <t>BMW 130 (3.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C270</t>
+  </si>
+  <si>
+    <t>Honda Legend 3474cc</t>
+  </si>
+  <si>
+    <t>Audi A4 diesel Avant 2.5</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C220 CDI/ sport edition</t>
+  </si>
+  <si>
+    <t>Audi A6 2 litre SE TDI</t>
+  </si>
+  <si>
+    <t>Alfa Romeo 159 Auto 2.4</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C Class. C.250. CGI Saloon</t>
+  </si>
+  <si>
+    <t>Saab Vector Aero 2.0T</t>
+  </si>
+  <si>
+    <t>Chrysler 300</t>
+  </si>
+  <si>
+    <t>Alfa Romeo</t>
+  </si>
+  <si>
+    <t>BMW 330 (3.0)</t>
+  </si>
+  <si>
+    <t>BMW 525 (2.5)</t>
+  </si>
+  <si>
+    <t>BMW 328 (F30 Sixth Generation) 2 litre twin turbo saloon</t>
+  </si>
+  <si>
+    <t>Audi A4 (3.2)</t>
+  </si>
+  <si>
+    <t>Audi A6 (2.5)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C320 (3.2)</t>
+  </si>
+  <si>
+    <t>Audi All Road (2.5)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E280 (2.8)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E220/E240/C350</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E250.Sal.Blue Eff</t>
+  </si>
+  <si>
+    <t>Volvo V70 2.4</t>
+  </si>
+  <si>
+    <t>Jaguar S type 2.7td</t>
+  </si>
+  <si>
+    <t>Alfa Romeo 159 3.2 v6</t>
+  </si>
+  <si>
+    <t>Audi Quattro A4 TDI 3.0</t>
+  </si>
+  <si>
+    <t>Volvo S80 SE LUX 140 2.4 Executive</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E280 CDI 3.0</t>
+  </si>
+  <si>
+    <t>Jaguar S Type. SE Plus. V6</t>
+  </si>
+  <si>
+    <t>Saab Vector Aero 2.8 V6</t>
+  </si>
+  <si>
+    <t>Jaguar XE 2.0 XE Diesel 240ps</t>
+  </si>
+  <si>
+    <t>BMW 530 (3.0 )</t>
+  </si>
+  <si>
+    <t>BMW 335d M Sport 4 door saloon 3 litre</t>
+  </si>
+  <si>
+    <t>Audi A6 (3.2 - 3.5)</t>
+  </si>
+  <si>
+    <t>Audi A6 TDI 3000cc</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E350 (3.5)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLS250 CDI Blue Efficiency 2143cc</t>
+  </si>
+  <si>
+    <t>BMW 535 (3.5)</t>
+  </si>
+  <si>
+    <t>BMW 530 D M-Sport (3.0) 4 door</t>
+  </si>
+  <si>
+    <t>Lexus GS300 SE 3.0</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E320</t>
+  </si>
+  <si>
+    <t>Audi A6 S-Line Quattro Tdi,  3.0</t>
+  </si>
+  <si>
+    <t>Jaguar XF 3.0 V6 (all models)</t>
+  </si>
+  <si>
+    <t>Infiniti M30/37</t>
+  </si>
+  <si>
+    <t>Infiniti G37,Saloon</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E 350. (Blue Eff) Sal</t>
+  </si>
+  <si>
+    <t>Tesla Model S 60</t>
+  </si>
+  <si>
+    <t>Audi A7 S LINE TDi Quattro 3.0L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMW 540 (4.0) </t>
+  </si>
+  <si>
+    <t>BMW 550 (5.0)</t>
+  </si>
+  <si>
+    <t>Audi A6 (4.2)</t>
+  </si>
+  <si>
+    <t>BMW 730 (3.0)</t>
+  </si>
+  <si>
+    <t>Audi A8 (3.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLS320/R320/E500 (5.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz S280 (2.8)</t>
+  </si>
+  <si>
+    <t>Jaguar XJ6 2.7</t>
+  </si>
+  <si>
+    <t>Jaguar XJ6 3.0</t>
+  </si>
+  <si>
+    <t>Jaguar S type (4.2)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLS350</t>
+  </si>
+  <si>
+    <t>Lexus GS 450H 3456cc</t>
+  </si>
+  <si>
+    <t>VW Phaeton V6. 2011</t>
+  </si>
+  <si>
+    <t>AUDI A7 3.0T FSI Petrol Quattro SE 5dr S Tronic Sportback</t>
+  </si>
+  <si>
+    <t>Tesla Model S 85</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz S350</t>
+  </si>
+  <si>
+    <t>Audi A8 (3.7 - 4.2)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMW 735/ 740 (3.5 - 4.0) </t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E55 AMG</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz R500</t>
+  </si>
+  <si>
+    <t>Audi RS6 Avant</t>
+  </si>
+  <si>
+    <t>Audi RS saloon 4.2</t>
+  </si>
+  <si>
+    <t>Lexus LS430 4.3</t>
+  </si>
+  <si>
+    <t>Lexus LS400</t>
+  </si>
+  <si>
+    <t>Lexus IS F Auto 4969cc</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz S Class S320 CDi 4dr Auto</t>
+  </si>
+  <si>
+    <t>Jaguar XF 5.0 V8</t>
+  </si>
+  <si>
+    <t>Jaguar XJ 5.0 V6 (all models)</t>
+  </si>
+  <si>
+    <t>Porsche Panamera 3.0 litre Diesel</t>
+  </si>
+  <si>
+    <t>Tesla Model S P85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMW 750 (5.0) </t>
+  </si>
+  <si>
+    <t>Mercedes-Benz S500 (5.0)</t>
+  </si>
+  <si>
+    <t>Audi A8 (6.0)</t>
+  </si>
+  <si>
+    <t>Audi RS7 TFSI V8 BI-Turbo Quattro 4 ltr</t>
+  </si>
+  <si>
+    <t>Maserati Quattroporte 4.2</t>
+  </si>
+  <si>
+    <t>Jaguar XJ 5.0 V8</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E class 63.AMG 4dr sal</t>
+  </si>
+  <si>
+    <t>Porsche Panamera V8 S. 5dr</t>
+  </si>
+  <si>
+    <t>Porsche Panamera GTS V8 4800cc</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz S600 (6.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz S63AMG LWB 5461cc</t>
+  </si>
+  <si>
+    <t>Bentley Continental (6.0)</t>
+  </si>
+  <si>
+    <t>Jaguar New XJ 5.0 V8 supercharged</t>
+  </si>
+  <si>
+    <t>Porsche Panamera Turbo 4.8</t>
+  </si>
+  <si>
+    <t>BMW 760</t>
+  </si>
+  <si>
+    <t>Bentley Arnage (6.0)</t>
+  </si>
+  <si>
+    <t>Bentley Flying Spur(6.0)</t>
+  </si>
+  <si>
+    <t>Aston Martin Rapide 6000cc</t>
+  </si>
+  <si>
+    <t>Rolls Royce Ghost Saloon 6.5 ltr</t>
+  </si>
+  <si>
+    <t>Rolls Royce Ghost V12</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz S Class Maybach 5980cc</t>
+  </si>
+  <si>
+    <t>Bentley Bentayga 6000cc</t>
+  </si>
+  <si>
+    <t>Rolls Royce Phantom(saloon,,open or coupe)</t>
+  </si>
+  <si>
+    <t>Saab</t>
+  </si>
+  <si>
+    <t>Jaguar</t>
+  </si>
+  <si>
+    <t>Tesla</t>
+  </si>
+  <si>
+    <t>Maserati</t>
+  </si>
+  <si>
+    <t>Bentley</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz B200</t>
+  </si>
+  <si>
+    <t>Aston Martin</t>
+  </si>
+  <si>
+    <t>Rolls Royce</t>
+  </si>
+  <si>
+    <t>Cadillac CTS 3.6</t>
+  </si>
+  <si>
+    <t>MINI Cooper (1.6)</t>
+  </si>
+  <si>
+    <t>SP1</t>
+  </si>
+  <si>
+    <t>SP2</t>
+  </si>
+  <si>
+    <t>SP4</t>
+  </si>
+  <si>
+    <t>SP5</t>
+  </si>
+  <si>
+    <t>SP6</t>
+  </si>
+  <si>
+    <t>SP7</t>
+  </si>
+  <si>
+    <t>SP8</t>
+  </si>
+  <si>
+    <t>SP9</t>
+  </si>
+  <si>
+    <t>SP10</t>
+  </si>
+  <si>
+    <t>SP11</t>
+  </si>
+  <si>
+    <t>SP12</t>
+  </si>
+  <si>
+    <t>SP13</t>
+  </si>
+  <si>
+    <t>MG ZR 1.4</t>
+  </si>
+  <si>
+    <t>Rover MGF 1.8</t>
+  </si>
+  <si>
+    <t>Mini Cooper Countryman 1600 (Add £ 5.00 per day estate charge)</t>
+  </si>
+  <si>
+    <t>Mini Cooper Clubman 1600 (Add £ 5.00 per day estate charge)</t>
+  </si>
+  <si>
+    <t>Renault Clio RS182 (2.0)</t>
+  </si>
+  <si>
+    <t>MINI Cooper S (1.6)</t>
+  </si>
+  <si>
+    <t>MINI Cooper Cabriolet (1.6)</t>
+  </si>
+  <si>
+    <t>Ford Focus ST 2521cc</t>
+  </si>
+  <si>
+    <t>Mazda MX5 1.8</t>
+  </si>
+  <si>
+    <t>Mazda MX5 2.0</t>
+  </si>
+  <si>
+    <t>Hyundai 1.6 Coupe</t>
+  </si>
+  <si>
+    <t>Ford Focus ST 2.0</t>
+  </si>
+  <si>
+    <t>Ford Fiesta ST 2.0ltr</t>
+  </si>
+  <si>
+    <t>Ford Fiesta ST 1.6T EcoBoost</t>
+  </si>
+  <si>
+    <t>Vauxhall Corsa.VXR 1.6 Turbo</t>
+  </si>
+  <si>
+    <t>Honda Civic S. 1.8. I-VTEC</t>
+  </si>
+  <si>
+    <t>Audi A3. S.Line TDI. 1.6Ltr. Convertible</t>
+  </si>
+  <si>
+    <t>Renault Clio Sport Cup 1998cc</t>
+  </si>
+  <si>
+    <t>Alfa Romeo Giuletta Veloce. TB.1368ccs.2 Door hatchback</t>
+  </si>
+  <si>
+    <t>Nissan Juke Nismo RS 1600</t>
+  </si>
+  <si>
+    <t>VW Polo GTI 1.8 TSI 6 speed manual Petrol</t>
+  </si>
+  <si>
+    <t>Toyota MR2 (1.8)</t>
+  </si>
+  <si>
+    <t>Toyota Celica (1.8)</t>
+  </si>
+  <si>
+    <t>Mazda RX8 (192ps)</t>
+  </si>
+  <si>
+    <t>Audi A3 Sportsback 1.6</t>
+  </si>
+  <si>
+    <t>Hyundai coupe 2LSE</t>
+  </si>
+  <si>
+    <t>BMW 118 coupe</t>
+  </si>
+  <si>
+    <t>VW Scirocco TSi 1.4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Renault Megane Sports.(2ltr) </t>
+  </si>
+  <si>
+    <t>Vauxhall Astra.VXR,2.0T</t>
+  </si>
+  <si>
+    <t>Mini Cooper S. 1.6ltr. cabriolet</t>
+  </si>
+  <si>
+    <t>Peugeot RCZ GT THP 156 1598cc</t>
+  </si>
+  <si>
+    <t>Citroen DS3 cabriolet THP Racing 2d</t>
+  </si>
+  <si>
+    <t>Audi TT Coupe 1.8T (180)</t>
+  </si>
+  <si>
+    <t>Audi A3 Sportsback 2.0</t>
+  </si>
+  <si>
+    <t>Audi A3 Diesel Sportback 2.0 TDi Sport 5dr</t>
+  </si>
+  <si>
+    <t>Honda Civic type R 2.0</t>
+  </si>
+  <si>
+    <t>Mini John Cooper works</t>
+  </si>
+  <si>
+    <t>BMW 120 coupe</t>
+  </si>
+  <si>
+    <t>BMW 220i SE 2dr 2.0</t>
+  </si>
+  <si>
+    <t>VW Scirocco GT TDI</t>
+  </si>
+  <si>
+    <t>Honda Civic S. GT. 2.2</t>
+  </si>
+  <si>
+    <t>Ford Focus. RS. 2.5ltr</t>
+  </si>
+  <si>
+    <t>Ford Focus 2.0T (250ps) ST</t>
+  </si>
+  <si>
+    <t>Seat Cupra 2.0.TSI./ R2010  2.0ltr TSI</t>
+  </si>
+  <si>
+    <t>Ford Focus.RS. 2.5ltr</t>
+  </si>
+  <si>
+    <t>Toyota GT86 2 dr coupe manual 2000cc 200hp</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLC. 180 Sport</t>
+  </si>
+  <si>
+    <t>Audi TT Roadster 1.8T (180)</t>
+  </si>
+  <si>
+    <t>BMW Z4 (2.0)</t>
+  </si>
+  <si>
+    <t>BMW M135I AUTO 2979cc</t>
+  </si>
+  <si>
+    <t>Lotus Elise (1.8)</t>
+  </si>
+  <si>
+    <t>Audi TT Coupe 1.8T Quattro (225)</t>
+  </si>
+  <si>
+    <t>VW Golf V6 R32 4 Motion (3189cc)</t>
+  </si>
+  <si>
+    <t>BMW 318 Ci Coupe 2.0</t>
+  </si>
+  <si>
+    <t>Audi TTC-2 2.0T FSI</t>
+  </si>
+  <si>
+    <t>BMW 124D coupe M sport</t>
+  </si>
+  <si>
+    <t>BMW 123 coupe</t>
+  </si>
+  <si>
+    <t>BMW 318 Convertible 1.8ltr</t>
+  </si>
+  <si>
+    <t>Audi A3. S Line.EDN.TFSI.S-A 3DR.Convertible</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E250CDI Sport Coupe 2183cc(Old  model)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C180 Sports Coupe SE Auto Kompressor</t>
+  </si>
+  <si>
+    <t>Audi A3 1.8ltr TFSI  black edition convertible</t>
+  </si>
+  <si>
+    <t>Chrysler Sebring limited. Convertible</t>
+  </si>
+  <si>
+    <t>Audi A4 T-Sport Cabriolet 1.8L</t>
+  </si>
+  <si>
+    <t>BMW Z4 (2.5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mercedes-Benz SLK200 (1.8) </t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK200 Coupe (2.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E200 coupe 1796 cc</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E250 Sports Coupe. Blue Eff</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C220 CDI AMG Sport Coupe 2dr auto (2100cc)</t>
+  </si>
+  <si>
+    <t>Mitsubishi Evo III (2.0)</t>
+  </si>
+  <si>
+    <t>Audi TT Coupe 3.2T Quattro (3.2)</t>
+  </si>
+  <si>
+    <t>Audi TT Roadster 1.8T Quattro (225)</t>
+  </si>
+  <si>
+    <t>BMW  320Ci Coupe 2.0</t>
+  </si>
+  <si>
+    <t>BMW  320Ci Coupe 2.2</t>
+  </si>
+  <si>
+    <t>BMW  320Ci Coupe 2.5</t>
+  </si>
+  <si>
+    <t>BMW Z4 Roadster 28i S Drive M 2.0</t>
+  </si>
+  <si>
+    <t>Volvo C70 2.0t</t>
+  </si>
+  <si>
+    <t>Chrysler Crossfire 3.2</t>
+  </si>
+  <si>
+    <t>Audi S3 Quattro 1.8T</t>
+  </si>
+  <si>
+    <t>Honda S2000 (2.0)</t>
+  </si>
+  <si>
+    <t>Alfa Romeo Brera.2.4 JTDM</t>
+  </si>
+  <si>
+    <t>Subaru Impreza.WRX 2.5ltr</t>
+  </si>
+  <si>
+    <t>Audi S3</t>
+  </si>
+  <si>
+    <t>BMW 318 Convertible</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz A45 AMG 1991cc</t>
+  </si>
+  <si>
+    <t>Audi A5 Sport 180 TFSI Coupe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMW Z4 (3.0) </t>
+  </si>
+  <si>
+    <t>Audi TT Roadster 3.2T Quattro (3.2)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK200 Cabriolet (2.0)</t>
+  </si>
+  <si>
+    <t>Porsche Boxster (2.7)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK280 Coupe (2.8)</t>
+  </si>
+  <si>
+    <t>BMW 330 Ci Sport Coupe 3.3</t>
+  </si>
+  <si>
+    <t>BMW 428i Sport Coupe 1997cc</t>
+  </si>
+  <si>
+    <t>Nissan Sports 350z 3.5</t>
+  </si>
+  <si>
+    <t>Alfa Romeo GT 3.2 V6</t>
+  </si>
+  <si>
+    <t>Alfa Romeo Brera 3.2 V6</t>
+  </si>
+  <si>
+    <t>Audi A5 TDI Quattro 2967</t>
+  </si>
+  <si>
+    <t>Audi A4 Cabriolet 2393</t>
+  </si>
+  <si>
+    <t>Audi A5 S line</t>
+  </si>
+  <si>
+    <t>Audi A5 Cabriolet 1.8 FSI Auto</t>
+  </si>
+  <si>
+    <t>Audi A5 Cabriolet 2.0TDI Auto</t>
+  </si>
+  <si>
+    <t>Audi A5 Coupe 2.0 TDI Auto</t>
+  </si>
+  <si>
+    <t>Infiniti G37</t>
+  </si>
+  <si>
+    <t>BMW 325 coupe</t>
+  </si>
+  <si>
+    <t>Nissan 370z V6 GT Coupe 3.7L</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz Slk. 300.Sports Pac</t>
+  </si>
+  <si>
+    <t>Audi A4 TDI Convertible 2496cc</t>
+  </si>
+  <si>
+    <t>BMW 320 Convertible</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz SLK350 (3.5)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK350 Coupe (3.5)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK280 Cabriolet (2.8)</t>
+  </si>
+  <si>
+    <t>Audi A5 Cabriolet 3.0 TDI Auto</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E250 Cabriolet</t>
+  </si>
+  <si>
+    <t>Infiniti G37. Coupe</t>
+  </si>
+  <si>
+    <t>BMW 335. Coupe &amp;  M.Sport</t>
+  </si>
+  <si>
+    <t>BMW 330d.2993ccs.Convertible</t>
+  </si>
+  <si>
+    <t>Audi S4. Sal.TFSI Quattro. 3.0ltr</t>
+  </si>
+  <si>
+    <t>Audi S5.Sportback.3ltr</t>
+  </si>
+  <si>
+    <t>Porsche Cayman.2687ccs</t>
+  </si>
+  <si>
+    <t>BMW 530D Gran Turismo Sport Coupe</t>
+  </si>
+  <si>
+    <t>BMW 325 Cabriolet</t>
+  </si>
+  <si>
+    <t>TVR Tuscan Targa (4.0)</t>
+  </si>
+  <si>
+    <t>Porsche Boxster S (3.2)</t>
+  </si>
+  <si>
+    <t>BMW Z4M (3.2)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK350 Cabriolet (3.5)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz  E 350 Cabriolet/Coupe</t>
+  </si>
+  <si>
+    <t>BMW M3 E46 (3.2)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK500 Coupe (5.0)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMW 630 (3.0) </t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK500 Cabriolet (5.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz SLK 55 AMG Jaguar XK8 Coupe</t>
+  </si>
+  <si>
+    <t>Jaguar F-Type Coupe 3.0 V6 340PS &amp; 380PS</t>
+  </si>
+  <si>
+    <t>Porsche Cayman S</t>
+  </si>
+  <si>
+    <t>Audi S4 Cabriolet Quattro 4163 cc</t>
+  </si>
+  <si>
+    <t>Infiniti G37. Sport</t>
+  </si>
+  <si>
+    <t>BMW 650 (5.0)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Audi S6 Quattro (4.2) </t>
+  </si>
+  <si>
+    <t>Audi RS5.Coupe’.2Dr.Sport</t>
+  </si>
+  <si>
+    <t>Lexus SC430 (4.3)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maserati Coupe (4.2) </t>
+  </si>
+  <si>
+    <t>Porsche 911 Carrera (3.6)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz SL350 (3.5)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C63 AMG Coupe V8 6300cc</t>
+  </si>
+  <si>
+    <t>Maserati Spyder (4.2)</t>
+  </si>
+  <si>
+    <t>BMW M5 (5.0)</t>
+  </si>
+  <si>
+    <t>BMW M4 S-A 2dr coupe 3.0</t>
+  </si>
+  <si>
+    <t>BMW M4 convertible</t>
+  </si>
+  <si>
+    <t>BMW M3 F80</t>
+  </si>
+  <si>
+    <t>Jaguar XKR (4.2)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jaguar F-Type Convertible 3.0 V6 340PS &amp; 380PS </t>
+  </si>
+  <si>
+    <t>BMW M3.SAL/Coupe/Conv. (4.0ltr)</t>
+  </si>
+  <si>
+    <t>Nissan GTR coupe. &amp;  Special Edition. 3.8ltr</t>
+  </si>
+  <si>
+    <t>Porsche 911 Carrera S (3.8)</t>
+  </si>
+  <si>
+    <t>Porsche 911 Cab</t>
+  </si>
+  <si>
+    <t>Porsche 911S Cab</t>
+  </si>
+  <si>
+    <t>Porsche 997 GTS 3800cc</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz SL500 (5.0)</t>
+  </si>
+  <si>
+    <t>Aston Martin Vantage (6.0)</t>
+  </si>
+  <si>
+    <t>Aston Martin V8. Vantage</t>
+  </si>
+  <si>
+    <t>BMW M6 (5.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CL500 5.0</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLS 55 AMG</t>
+  </si>
+  <si>
+    <t>Jaguar XK 5.0 V8</t>
+  </si>
+  <si>
+    <t>Porsche Targa 4.(3.6)</t>
+  </si>
+  <si>
+    <t>Jaguar F-Type R Supercharged V8 Convertible 5.0 litre</t>
+  </si>
+  <si>
+    <t>Jaguar F-Type Coupe &amp; Convertible 495PS &amp; 550PS</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz SL55 AMG / SL 63. AMG</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz SL600 (6.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz AMG GTS 3982 cc</t>
+  </si>
+  <si>
+    <t>BMW I8 – Hybrid sports car 1500cc</t>
+  </si>
+  <si>
+    <t>BMW i8 Pure Impulse Design Pack 2d Auto</t>
+  </si>
+  <si>
+    <t>Porsche 911 Turbo (3.8)</t>
+  </si>
+  <si>
+    <t>Porsche 997 Turbo Cabriolet 3800cc</t>
+  </si>
+  <si>
+    <t>Aston Martin DB9 (6.0)</t>
+  </si>
+  <si>
+    <t>Aston Martin DB7 coupe</t>
+  </si>
+  <si>
+    <t>Porsche 911 Turbo Tiptronic S 3600</t>
+  </si>
+  <si>
+    <t>Audi R8 .Coupe &amp; Spyder</t>
+  </si>
+  <si>
+    <t>Maserati Grand Turismo, / Also Convertible version</t>
+  </si>
+  <si>
+    <t>Jaguar  XK 5.0 V8 supercharged (coupe and convertibles)</t>
+  </si>
+  <si>
+    <t>Aston Martin.V8 Vantage.N400</t>
+  </si>
+  <si>
+    <t>Audi R8 V10 &amp; V10 Plus Coupe &amp; Cabriolet 5.2 ltr</t>
+  </si>
+  <si>
+    <t>Aston Martin DBS coupe v12 6L</t>
+  </si>
+  <si>
+    <t>Aston Martin Vantage V12 5935cc 510bhp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bentley Continental GT (6.0) </t>
+  </si>
+  <si>
+    <t>Bentley Azure. Convertible. 6.75ltr</t>
+  </si>
+  <si>
+    <t>Ferrari F430/360</t>
+  </si>
+  <si>
+    <t>Ferrari 458 6000cc</t>
+  </si>
+  <si>
+    <t>Lamborghini Gallardo</t>
+  </si>
+  <si>
+    <t>Ferrari California</t>
+  </si>
+  <si>
+    <t>Ferrari 575</t>
+  </si>
+  <si>
+    <t>Bentley GTC Cab</t>
+  </si>
+  <si>
+    <t>Aston Martin DB9 Volante</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz SLS 63 AMG 6300cc</t>
+  </si>
+  <si>
+    <t>Aston Martin Vanquish</t>
+  </si>
+  <si>
+    <t>MINI</t>
+  </si>
+  <si>
+    <t>Lotus</t>
+  </si>
+  <si>
+    <t>TVR</t>
+  </si>
+  <si>
+    <t>Ferrari</t>
+  </si>
+  <si>
+    <t>Lamborghini</t>
+  </si>
+  <si>
+    <t>VW Golf GTI (2.0)</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLC 220 sport</t>
+  </si>
+  <si>
+    <t>VW Golf R 2.0 DSG 1984cc</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK240 2597cc</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz  CLK270</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz E220 Cabriolet</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz CLK270</t>
+  </si>
+  <si>
+    <t>Infiniti G37 Coupe</t>
+  </si>
+  <si>
+    <t>Renault Captur Dynamique TCe 90</t>
+  </si>
+  <si>
+    <t>Nissan Micra 0.9 IG-T N Connecta</t>
+  </si>
+  <si>
+    <t>Jaguar F Pace 2.0 163PS  &amp; 180PS</t>
+  </si>
+  <si>
+    <t>Jaguar F Pace 2.0 Petrol 250PS  &amp; 300PS</t>
+  </si>
+  <si>
+    <t>Jaguar F Pace 3.0 Diesel 300PS</t>
+  </si>
+  <si>
+    <t>Jaguar F Pace 3.0 Petrol 380PS</t>
+  </si>
+  <si>
+    <t>Audi SQ7 TDI Quattro 4000cc</t>
+  </si>
+  <si>
+    <t>Tesla X90 D</t>
+  </si>
+  <si>
+    <t>Tesla X100 D</t>
+  </si>
+  <si>
+    <t>Tesla 75D</t>
+  </si>
+  <si>
+    <t>Tesla X90D</t>
+  </si>
+  <si>
+    <t>Tesla X100D</t>
+  </si>
+  <si>
+    <t>Tesla P100D</t>
+  </si>
+  <si>
+    <t>Tesla X75D</t>
+  </si>
+  <si>
+    <t>Toyota Rav4 2.5 Petrol Hybrid</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz C63 AMG Auto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mercedes-Benz A 200 D AMG LINE EXECUTIVE, TURBO, 5 Door </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mercedes-Benz A200 D AMG LINE EXECUTIVE, Turbo, 5 Door </t>
+  </si>
+  <si>
+    <t>Volvo V90 MOMENTUM D4 AUTO Turbo Estate</t>
+  </si>
+  <si>
+    <t>VW Golf SE 1.0 TSI 110PS DSG</t>
+  </si>
+  <si>
+    <t>Alpha Romeo Guilia Quadrifoglio 2891cc</t>
+  </si>
+  <si>
+    <t>Alpha Romeo</t>
+  </si>
+  <si>
+    <t>Mercedes C63 AMG Saloon 4.0</t>
+  </si>
+  <si>
+    <t>Ford Eco Sport 1000cc</t>
+  </si>
+  <si>
+    <t>Mercedes GLA200D 2.1</t>
+  </si>
+  <si>
+    <t>Renault Clio (1.5) Hatchback</t>
+  </si>
+  <si>
+    <t>VW T-Roc Design 1.0 Tsi</t>
+  </si>
+  <si>
+    <t>VW Golf GTE NAV DSG Electric/Petrol</t>
+  </si>
+  <si>
+    <t>Seat Ibiza Cupra TSi S-A</t>
+  </si>
+  <si>
+    <t>BMW M240i Coupe</t>
+  </si>
+  <si>
+    <t>Ford Mustang GT</t>
+  </si>
+  <si>
+    <t>BMW M3 4 door saloon 3.0</t>
+  </si>
+  <si>
+    <t>Kia Sportage 2ISG CRDI 1685cc</t>
+  </si>
+  <si>
+    <t>Audi A3 Sportback S line 30 TFSI 999 cc</t>
+  </si>
+  <si>
+    <t>Audi A3 Sportback S line 35 TFSI 1498 cc</t>
+  </si>
+  <si>
+    <t>Mercedes C200 D SE</t>
+  </si>
+  <si>
+    <t>Infiniti Q50 Sport</t>
+  </si>
+  <si>
+    <t>Audi RS6 TFSI V8 QUATTRO AUTO Estate 5dr</t>
+  </si>
+  <si>
+    <t>Jeep Grand Cherokee Hemi SRT8 Auto</t>
+  </si>
+  <si>
+    <t>Land Rover Discovery Sport Diesel SW - 2.0 TD4 180 BHP - HSE Luxury 5dr Auto – AWD – 7 Seats</t>
+  </si>
+  <si>
+    <t>BMW 530E M Sport Auto</t>
+  </si>
+  <si>
+    <t>Volvo - XC90 D5 P-Pulse – F6</t>
+  </si>
+  <si>
+    <t>Jaguar XF Saloon Prestige 2.0</t>
+  </si>
+  <si>
+    <t>BMW 330E SE/M Sport Hybrid Saloon</t>
+  </si>
+  <si>
+    <t>Nissan Leaf Acenta Electric vehicle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lamborghini Aventador LP 750-4 Superveloce </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bentley Continental GT S Mulliner 4.0                                                       </t>
+  </si>
+  <si>
+    <t>Bently</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bentley Continental GT S Mulliner 4.0 </t>
+  </si>
+  <si>
+    <t>BMW X7 (2019) x Drive 30d M Sport</t>
+  </si>
+  <si>
+    <t>Mercedes Benz GLC220D 4Matic AMG Line Premium</t>
+  </si>
+  <si>
+    <t>Audi Q2 Sport TFSI</t>
+  </si>
+  <si>
+    <t>BMW M2 3.0 litre</t>
+  </si>
+  <si>
+    <t>TESLA Model S 90D</t>
+  </si>
+  <si>
+    <t>Audi A1 S Line Blackedition TFSI SA White</t>
+  </si>
+  <si>
+    <t>Land Rover Discovery 2.0 SD4 HSE</t>
+  </si>
+  <si>
+    <t>Kia Stinger 2.0</t>
+  </si>
+  <si>
+    <t>Kia Stinger 3.3</t>
+  </si>
+  <si>
+    <t>Kia Sedona 2.9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bentley Bentayga Mulliner 4.00d  V8 </t>
+  </si>
+  <si>
+    <t>Audi A4 Black Edition 35 TDI Avant 150 PS S tronic</t>
+  </si>
+  <si>
+    <t>Jaguar XF R- Sport Auto</t>
+  </si>
+  <si>
+    <t>BMW I3 Range Extender 125KW RANGE EXTENDER 33KWH</t>
+  </si>
+  <si>
+    <t>VW Arteon R-LINE 4 motion 2.0TDI</t>
+  </si>
+  <si>
+    <t>Audi A4 S LINE TFSI S-A 1.4T FSI S LINE 4DR S TRONIC</t>
+  </si>
+  <si>
+    <t>BMW 640 Coupe D M Sport</t>
+  </si>
+  <si>
+    <t>Volvo XC90 ESTATE 2.0 T5 [250] MOMENTUM 5DR</t>
+  </si>
+  <si>
+    <t>Audi Q7 S LINE 45 TDI QUATTRO</t>
+  </si>
+  <si>
+    <t>Audi A3 S Line 30 TDI saloon</t>
+  </si>
+  <si>
+    <t>Audi Q7 S LINE 50 TDI QUATTRO</t>
+  </si>
+  <si>
+    <t>The GTA specifies maximum daily rates for groups of vehicles provided by CHCs throughout the UK. CHCs may set their rates at any level up to and including the maximum daily rate specified for a vehicle group</t>
+  </si>
+  <si>
+    <t>Land Rover Defender 90 &amp; 110 S</t>
+  </si>
+  <si>
+    <t>Land Rover Defender 90 &amp; 110 SE</t>
+  </si>
+  <si>
+    <t>Land Rover Defender 90 &amp; 110S HE</t>
+  </si>
+  <si>
+    <t>2.0/3.0</t>
+  </si>
+  <si>
+    <t>BMW 420D Gran Coupe M Sport</t>
+  </si>
+  <si>
+    <t>Audi A4 45 TFSI 265 BHP</t>
+  </si>
+  <si>
+    <t>BMW 840D Xdrive 3.0</t>
+  </si>
+  <si>
+    <t>Maserati Ghibli Diesel</t>
+  </si>
+  <si>
+    <t>VW TDI BlueMotion Tech R-Line (s/s) 3 dr</t>
+  </si>
+  <si>
+    <t>VW TDI BlueMotion Tech R-Line (s/s) 3dr</t>
+  </si>
+  <si>
+    <t>Hyundai Tucson SE NAV T-GDI 2 WD S-Auto</t>
+  </si>
+  <si>
+    <t>Hyundai Tuscon 4WD</t>
+  </si>
+  <si>
+    <t>Porsche 992 (911) Carerra 4 GTS Cabriolet</t>
+  </si>
+  <si>
+    <t>Hyundai Tucson SE Nav T-GDI 2WD S-Auto</t>
+  </si>
+  <si>
+    <t>Hyundai Tucson 4WD</t>
+  </si>
+  <si>
+    <t>Porsche 992 (911) Carerra 4 GTS Cabriolet (3.0)</t>
+  </si>
+  <si>
+    <t>All daily settlement  rates are excluding vat.</t>
+  </si>
+  <si>
+    <t>An additional £5 a day can be added for automatics (where this matches the customer’s vehicle) unless the model listed is an</t>
+  </si>
+  <si>
+    <t>automatic.</t>
+  </si>
+  <si>
+    <t>Vehicles with semi-shift gearboxes/ direct shift gearboxes where you can change gears either manually (eg by using paddles</t>
+  </si>
+  <si>
+    <t>behind the steering wheel) or automatically, qualify for the £5 per day uplift for automatics.</t>
+  </si>
+  <si>
+    <t>An additional £5 a day can be added for estate vehicles (where this matches the customer’s vehicle) unless the model listed is</t>
+  </si>
+  <si>
+    <t>already an estate.</t>
+  </si>
+  <si>
+    <t>An additional £5 a day can be added for necessary extras such as tow bars and baby seats which reflect the customer’s</t>
+  </si>
+  <si>
+    <t>damaged vehicle type/fitments.</t>
+  </si>
+  <si>
+    <t>An additional £12 per day add-on to the agreed daily settlement rate for dual control vehicles (£7 per day add-on if insurance</t>
+  </si>
+  <si>
+    <t>cover not provided).</t>
+  </si>
+  <si>
+    <t>For customers with a convertible, unless the model listed is already a convertible, convertibles are treated by placing them</t>
+  </si>
+  <si>
+    <t>into the group higher than the hard top version e.g. BMW M3 is in SP9. The convertible equivalent would be in SP10.</t>
+  </si>
+  <si>
+    <t>Disabled driver vehicles - reasonable direct costs can be recovered plus an administration charge of £10 is acceptable in most</t>
+  </si>
+  <si>
+    <t>instances. For any special adaptations then the CHO should discuss these with the insurer, preferably at the time the hire</t>
+  </si>
+  <si>
+    <t>commences.</t>
+  </si>
+  <si>
+    <t>No charge can be included for additional drivers unless they are a non-standard driver. An additional insurance premium  may only be charged where either the hirer/driver or additional driver is considered to be a non-standard risk and would therefore normally attract a loading of insurance premium by insurers. Examples of a  non-standard risk driver would be under 25 years of age or over 70 years of age, lack of driving experience (held a full driving license for less than 12 months), occupation (e.g. Professional sportsperson, members of the Acting or Entertainment professions, Journalist, Publicans etc), convictions resulting in an unspent ban or greater than 7 points outstanding on their license.</t>
+  </si>
+  <si>
+    <t>VW Tiguan 1.4 2WD</t>
+  </si>
+  <si>
+    <t>BMW X5 M60i x Drive</t>
+  </si>
+  <si>
+    <t>BMW X5 M50 Sport Competition</t>
+  </si>
+  <si>
+    <t>Citroen C4 Picasso VTR + Airdream E - HDI</t>
+  </si>
+  <si>
+    <t>MG HS SE (Petrol)</t>
+  </si>
+  <si>
+    <t>By manufacturer and group for hires starting between 1 July 2025 and 30 June 2026</t>
+  </si>
+  <si>
     <t>GTA Rate</t>
   </si>
   <si>
-    <t>Vehicle Type</t>
-[...44 lines deleted...]
-    <t>By vehicle cc for hires starting between 1 July 2025 and 30 June 2026</t>
+    <t>By group and then alphabetically by manufacturer for hires starting between 1 July 2025 and 30 June 2026</t>
+  </si>
+  <si>
+    <t>Standards updated to website 27 6 25</t>
+  </si>
+  <si>
+    <t>MPVs updated to website 27 6 25</t>
+  </si>
+  <si>
+    <t>FXF updated to website 27 6 25</t>
+  </si>
+  <si>
+    <t>Prestige updated to website 27 6 25</t>
+  </si>
+  <si>
+    <t>Sports updated to website 27 6 25</t>
+  </si>
+  <si>
+    <t>Lamborghini Urus V8 Auto 3966 cc</t>
+  </si>
+  <si>
+    <t>Lamborghini Urus V8 Auto</t>
+  </si>
+  <si>
+    <t>Seat Cupra Formentor V1 Hybrid</t>
+  </si>
+  <si>
+    <t>Hybrid</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz AMG G63 (4.0)</t>
+  </si>
+  <si>
+    <t>Seat Leon FR TSI EVO (1498 cc)</t>
+  </si>
+  <si>
+    <t>Mercedes Benz CLA200 AMG LN PREM + MHEV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mercedes-Benz CLA200 AMG LN PREM + MHEV </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
+    <numFmt numFmtId="8" formatCode="&quot;£&quot;#,##0.00;[Red]\-&quot;£&quot;#,##0.00"/>
     <numFmt numFmtId="164" formatCode="#,##0.00_ ;[Red]\-#,##0.00\ "/>
     <numFmt numFmtId="165" formatCode="#,##0.0_ ;[Red]\-#,##0.0\ "/>
   </numFmts>
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
-      <sz val="9"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color rgb="FF3C4445"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="8" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="8" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -494,258 +3563,17885 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:M171"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A106" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D133" sqref="D133"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="40.6640625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="53.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="54.6640625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="57.1640625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="48.1640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="54.1640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="48.1640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="56.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="38.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="36.1640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="50.1640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="40.1640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="43" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="16384" width="9" style="2"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="21" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="5">
+        <v>42.75</v>
+      </c>
+      <c r="B6" s="5">
+        <v>48.47</v>
+      </c>
+      <c r="C6" s="5">
+        <v>51.7</v>
+      </c>
+      <c r="D6" s="5">
+        <v>55.43</v>
+      </c>
+      <c r="E6" s="5">
+        <v>58.64</v>
+      </c>
+      <c r="F6" s="5">
+        <v>62.48</v>
+      </c>
+      <c r="G6" s="5">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>905</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>926</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B18" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>882</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B19" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C20" s="6" t="s">
+        <v>907</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C21" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C22" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="G23" s="6" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C24" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C25" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C26" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C27" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C28" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D30" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D31" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D32" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="33" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D33" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="34" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D34" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="35" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D35" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="36" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D36" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="37" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D37" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="38" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D38" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="39" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D39" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="40" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D40" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F40" s="23" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="41" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D41" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="42" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D42" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="43" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D43" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="44" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D44" s="6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="45" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D45" s="6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="46" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D46" s="6" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="47" spans="4:6" x14ac:dyDescent="0.25">
+      <c r="D47" s="6" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D49" s="2" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="F51" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="G51" s="4" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="5">
+        <v>61.59</v>
+      </c>
+      <c r="B52" s="5">
+        <v>71.180000000000007</v>
+      </c>
+      <c r="C52" s="5">
+        <v>81.17</v>
+      </c>
+      <c r="D52" s="5">
+        <v>95.4</v>
+      </c>
+      <c r="E52" s="5">
+        <v>112.59</v>
+      </c>
+      <c r="F52" s="5">
+        <v>168.88</v>
+      </c>
+      <c r="G52" s="5">
+        <v>213.92</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="G53" s="6" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="G54" s="6" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B60" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B61" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B62" s="6" t="s">
+        <v>966</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B63" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B64" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B66" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B67" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B69" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B70" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B71" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B72" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B76" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" s="6" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B78" s="6" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B79" s="6" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B80" s="6" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B81" s="6" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B82" s="6" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="C84" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="F84" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="G84" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="H84" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="I84" s="4" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="5">
+        <v>103.8</v>
+      </c>
+      <c r="B85" s="5">
+        <v>103.46</v>
+      </c>
+      <c r="C85" s="5">
+        <v>119.87</v>
+      </c>
+      <c r="D85" s="5">
+        <v>147.06</v>
+      </c>
+      <c r="E85" s="5">
+        <v>183.92</v>
+      </c>
+      <c r="F85" s="5">
+        <v>206.92</v>
+      </c>
+      <c r="G85" s="5">
+        <v>241.4</v>
+      </c>
+      <c r="H85" s="5">
+        <v>258.64999999999998</v>
+      </c>
+      <c r="I85" s="5">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="8" t="s">
+        <v>323</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="D86" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="G86" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="H86" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="I86" s="6" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="8" t="s">
+        <v>967</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="D87" s="8" t="s">
+        <v>363</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="G87" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="H87" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="I87" s="6" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="8" t="s">
+        <v>326</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="D88" s="8" t="s">
+        <v>884</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="I88" s="6" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="8" t="s">
+        <v>319</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="D89" s="8" t="s">
+        <v>361</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="G89" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="8" t="s">
+        <v>315</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="C90" s="8" t="s">
+        <v>353</v>
+      </c>
+      <c r="D90" s="8" t="s">
+        <v>366</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G90" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="I90" s="6" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="8" t="s">
+        <v>316</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>357</v>
+      </c>
+      <c r="D91" s="8" t="s">
+        <v>372</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>885</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="G91" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="H91" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="I91" s="6" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" s="8" t="s">
+        <v>320</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>355</v>
+      </c>
+      <c r="D92" s="8" t="s">
+        <v>368</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>886</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="G92" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="I92" s="6" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="C93" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="D93" s="22" t="s">
+        <v>953</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="G93" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>349</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>920</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>887</v>
+      </c>
+      <c r="G94" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="8" t="s">
+        <v>324</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>921</v>
+      </c>
+      <c r="D95" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="G95" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A96" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="C96" s="8" t="s">
+        <v>359</v>
+      </c>
+      <c r="D96" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="F96" s="22" t="s">
+        <v>955</v>
+      </c>
+      <c r="G96" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A97" s="8" t="s">
+        <v>321</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>906</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>932</v>
+      </c>
+      <c r="D97" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="G97" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A98" s="8" t="s">
+        <v>317</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>351</v>
+      </c>
+      <c r="D98" s="8" t="s">
+        <v>367</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>937</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>891</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A99" s="8" t="s">
+        <v>327</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>350</v>
+      </c>
+      <c r="D99" s="8" t="s">
+        <v>374</v>
+      </c>
+      <c r="E99" s="22" t="s">
+        <v>954</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="G99" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="H99" s="6" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B100" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="C100" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="D100" s="8" t="s">
+        <v>370</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="F100" s="6" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B101" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>352</v>
+      </c>
+      <c r="D101" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B102" s="6" t="s">
+        <v>896</v>
+      </c>
+      <c r="C102" s="8" t="s">
+        <v>358</v>
+      </c>
+      <c r="D102" s="8" t="s">
+        <v>364</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B103" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="D103" s="8" t="s">
+        <v>365</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B104" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="E105" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="E106" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="E107" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="E108" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>997</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A110" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="F110" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="G110" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="H110" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="I110" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="J110" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="K110" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="L110" s="4" t="s">
+        <v>533</v>
+      </c>
+      <c r="M110" s="4" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A111" s="5">
+        <v>83.77</v>
+      </c>
+      <c r="B111" s="5">
+        <v>100.35</v>
+      </c>
+      <c r="C111" s="5">
+        <v>106.77</v>
+      </c>
+      <c r="D111" s="5">
+        <v>129.91999999999999</v>
+      </c>
+      <c r="E111" s="5">
+        <v>150.79</v>
+      </c>
+      <c r="F111" s="5">
+        <v>170.55</v>
+      </c>
+      <c r="G111" s="5">
+        <v>198.94</v>
+      </c>
+      <c r="H111" s="5">
+        <v>227.35</v>
+      </c>
+      <c r="I111" s="5">
+        <v>261.48</v>
+      </c>
+      <c r="J111" s="5">
+        <v>321.74</v>
+      </c>
+      <c r="K111" s="9">
+        <v>451.9</v>
+      </c>
+      <c r="L111" s="5">
+        <v>676.44</v>
+      </c>
+      <c r="M111" s="5">
+        <v>980.84</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A112" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="B112" s="8" t="s">
+        <v>482</v>
+      </c>
+      <c r="C112" s="8" t="s">
+        <v>503</v>
+      </c>
+      <c r="D112" s="8" t="s">
+        <v>524</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="F112" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="G112" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="I112" s="6" t="s">
+        <v>614</v>
+      </c>
+      <c r="J112" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="K112" s="8" t="s">
+        <v>639</v>
+      </c>
+      <c r="L112" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="M112" s="6" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A113" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="B113" s="8" t="s">
+        <v>479</v>
+      </c>
+      <c r="C113" s="8" t="s">
+        <v>507</v>
+      </c>
+      <c r="D113" s="8" t="s">
+        <v>511</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="F113" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="G113" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="H113" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="I113" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="J113" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="K113" s="2" t="s">
+        <v>941</v>
+      </c>
+      <c r="L113" s="6" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A114" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B114" s="8" t="s">
+        <v>485</v>
+      </c>
+      <c r="C114" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="D114" s="8" t="s">
+        <v>526</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="F114" s="22" t="s">
+        <v>958</v>
+      </c>
+      <c r="G114" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="I114" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="J114" s="2" t="s">
+        <v>919</v>
+      </c>
+      <c r="K114" s="8" t="s">
+        <v>642</v>
+      </c>
+      <c r="L114" s="6" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A115" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="B115" s="8" t="s">
+        <v>950</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>508</v>
+      </c>
+      <c r="D115" s="8" t="s">
+        <v>527</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="G115" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="H115" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="I115" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="J115" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="K115" s="8" t="s">
+        <v>640</v>
+      </c>
+      <c r="L115" s="6" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A116" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="C116" s="8" t="s">
+        <v>502</v>
+      </c>
+      <c r="D116" s="8" t="s">
+        <v>942</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="F116" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="G116" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="I116" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="J116" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="K116" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="L116" s="6" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A117" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="B117" s="8" t="s">
+        <v>478</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>504</v>
+      </c>
+      <c r="D117" s="8" t="s">
+        <v>525</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="F117" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="G117" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="H117" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="I117" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="J117" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="K117" s="8" t="s">
+        <v>638</v>
+      </c>
+      <c r="L117" s="6" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A118" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="B118" s="8" t="s">
+        <v>487</v>
+      </c>
+      <c r="C118" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="D118" s="8" t="s">
+        <v>519</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="G118" s="6" t="s">
+        <v>587</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="I118" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="J118" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="K118" s="8" t="s">
+        <v>1003</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A119" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="B119" s="8" t="s">
+        <v>480</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>916</v>
+      </c>
+      <c r="D119" s="8" t="s">
+        <v>532</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>922</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="I119" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="J119" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="K119" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A120" s="2" t="s">
+        <v>936</v>
+      </c>
+      <c r="B120" s="8" t="s">
+        <v>486</v>
+      </c>
+      <c r="C120" s="8" t="s">
+        <v>946</v>
+      </c>
+      <c r="D120" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="G120" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="I120" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="J120" s="6" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A121" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="B121" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="C121" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="D121" s="8" t="s">
+        <v>510</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="G121" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="I121" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="J121" s="6" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A122" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="B122" s="8" t="s">
+        <v>483</v>
+      </c>
+      <c r="C122" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="D122" s="8" t="s">
+        <v>509</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>918</v>
+      </c>
+      <c r="G122" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="I122" s="6" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A123" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="B123" s="8" t="s">
+        <v>481</v>
+      </c>
+      <c r="C123" s="8" t="s">
+        <v>499</v>
+      </c>
+      <c r="D123" s="8" t="s">
+        <v>531</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="F123" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="G123" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="H123" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="I123" s="6" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A124" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="C124" s="8" t="s">
+        <v>944</v>
+      </c>
+      <c r="D124" s="8" t="s">
+        <v>515</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="F124" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="G124" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="H124" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="I124" s="6" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A125" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="C125" s="8" t="s">
+        <v>505</v>
+      </c>
+      <c r="D125" s="8" t="s">
+        <v>516</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="G125" s="22" t="s">
+        <v>960</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="I125" s="6" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="C126" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="D126" s="8" t="s">
+        <v>513</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="G126" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="H126" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="I126" s="6" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="C127" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="D127" s="8" t="s">
+        <v>530</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="F127" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="G127" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="H127" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="I127" s="6" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="C128" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="D128" s="8" t="s">
+        <v>529</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="G128" s="6" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="C129" s="8" t="s">
+        <v>493</v>
+      </c>
+      <c r="D129" s="8" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="C130" s="8" t="s">
+        <v>492</v>
+      </c>
+      <c r="D130" s="8" t="s">
+        <v>512</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="G130" s="6" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="C131" s="8" t="s">
+        <v>899</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>917</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="C132" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="D132" s="8" t="s">
+        <v>520</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="C133" s="8" t="s">
+        <v>501</v>
+      </c>
+      <c r="D133" s="8" t="s">
+        <v>521</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="F133" s="6" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="C134" s="8" t="s">
+        <v>500</v>
+      </c>
+      <c r="D134" s="8" t="s">
+        <v>522</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="C135" s="8" t="s">
+        <v>498</v>
+      </c>
+      <c r="D135" s="8" t="s">
+        <v>523</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="F135" s="6" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="D136" s="8" t="s">
+        <v>517</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="D137" s="8" t="s">
+        <v>528</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="D138" s="8" t="s">
+        <v>518</v>
+      </c>
+      <c r="E138" s="6" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="E139" s="6" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A143" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>661</v>
+      </c>
+      <c r="B144" s="4" t="s">
+        <v>662</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>663</v>
+      </c>
+      <c r="E144" s="4" t="s">
+        <v>664</v>
+      </c>
+      <c r="F144" s="4" t="s">
+        <v>665</v>
+      </c>
+      <c r="G144" s="4" t="s">
+        <v>666</v>
+      </c>
+      <c r="H144" s="4" t="s">
+        <v>667</v>
+      </c>
+      <c r="I144" s="4" t="s">
+        <v>668</v>
+      </c>
+      <c r="J144" s="4" t="s">
+        <v>669</v>
+      </c>
+      <c r="K144" s="4" t="s">
+        <v>670</v>
+      </c>
+      <c r="L144" s="4" t="s">
+        <v>671</v>
+      </c>
+      <c r="M144" s="4" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A145" s="5">
+        <v>82.48</v>
+      </c>
+      <c r="B145" s="5">
+        <v>89.67</v>
+      </c>
+      <c r="C145" s="5">
+        <v>107.71</v>
+      </c>
+      <c r="D145" s="5">
+        <v>122.98</v>
+      </c>
+      <c r="E145" s="5">
+        <v>134.36000000000001</v>
+      </c>
+      <c r="F145" s="5">
+        <v>178.48</v>
+      </c>
+      <c r="G145" s="5">
+        <v>200.12</v>
+      </c>
+      <c r="H145" s="5">
+        <v>221.75</v>
+      </c>
+      <c r="I145" s="5">
+        <v>243.38</v>
+      </c>
+      <c r="J145" s="5">
+        <v>278.52999999999997</v>
+      </c>
+      <c r="K145" s="9">
+        <v>335.32</v>
+      </c>
+      <c r="L145" s="5">
+        <v>440.8</v>
+      </c>
+      <c r="M145" s="5">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A146" s="8" t="s">
+        <v>673</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="C146" s="8" t="s">
+        <v>697</v>
+      </c>
+      <c r="D146" s="8" t="s">
+        <v>708</v>
+      </c>
+      <c r="E146" s="8" t="s">
+        <v>735</v>
+      </c>
+      <c r="F146" s="8" t="s">
+        <v>755</v>
+      </c>
+      <c r="G146" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="H146" s="8" t="s">
+        <v>786</v>
+      </c>
+      <c r="I146" s="8" t="s">
+        <v>808</v>
+      </c>
+      <c r="J146" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="K146" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L146" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="M146" s="6" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A147" s="8" t="s">
+        <v>660</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="C147" s="8" t="s">
+        <v>699</v>
+      </c>
+      <c r="D147" s="8" t="s">
+        <v>707</v>
+      </c>
+      <c r="E147" s="8" t="s">
+        <v>732</v>
+      </c>
+      <c r="F147" s="8" t="s">
+        <v>737</v>
+      </c>
+      <c r="G147" s="6" t="s">
+        <v>769</v>
+      </c>
+      <c r="H147" s="8" t="s">
+        <v>791</v>
+      </c>
+      <c r="I147" s="8" t="s">
+        <v>803</v>
+      </c>
+      <c r="J147" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="K147" s="8" t="s">
+        <v>832</v>
+      </c>
+      <c r="L147" s="6" t="s">
+        <v>848</v>
+      </c>
+      <c r="M147" s="6" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A148" s="8" t="s">
+        <v>676</v>
+      </c>
+      <c r="B148" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="C148" s="8" t="s">
+        <v>705</v>
+      </c>
+      <c r="D148" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="E148" s="8" t="s">
+        <v>725</v>
+      </c>
+      <c r="F148" s="8" t="s">
+        <v>757</v>
+      </c>
+      <c r="G148" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="H148" s="8" t="s">
+        <v>792</v>
+      </c>
+      <c r="I148" s="22" t="s">
+        <v>959</v>
+      </c>
+      <c r="J148" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="K148" s="8" t="s">
+        <v>834</v>
+      </c>
+      <c r="L148" s="6" t="s">
+        <v>854</v>
+      </c>
+      <c r="M148" s="6" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A149" s="8" t="s">
+        <v>675</v>
+      </c>
+      <c r="B149" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="C149" s="8" t="s">
+        <v>698</v>
+      </c>
+      <c r="D149" s="8" t="s">
+        <v>711</v>
+      </c>
+      <c r="E149" s="8" t="s">
+        <v>721</v>
+      </c>
+      <c r="F149" s="8" t="s">
+        <v>753</v>
+      </c>
+      <c r="G149" s="6" t="s">
+        <v>781</v>
+      </c>
+      <c r="H149" s="8" t="s">
+        <v>795</v>
+      </c>
+      <c r="I149" s="20" t="s">
+        <v>947</v>
+      </c>
+      <c r="J149" s="6" t="s">
+        <v>810</v>
+      </c>
+      <c r="K149" s="8" t="s">
+        <v>840</v>
+      </c>
+      <c r="L149" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="M149" s="6" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A150" s="8" t="s">
+        <v>674</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="C150" s="8" t="s">
+        <v>696</v>
+      </c>
+      <c r="D150" s="8" t="s">
+        <v>712</v>
+      </c>
+      <c r="E150" s="8" t="s">
+        <v>728</v>
+      </c>
+      <c r="F150" s="8" t="s">
+        <v>760</v>
+      </c>
+      <c r="G150" s="6" t="s">
+        <v>774</v>
+      </c>
+      <c r="H150" s="8" t="s">
+        <v>790</v>
+      </c>
+      <c r="I150" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="J150" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="K150" s="8" t="s">
+        <v>839</v>
+      </c>
+      <c r="L150" s="6" t="s">
+        <v>855</v>
+      </c>
+      <c r="M150" s="6" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B151" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="C151" s="8" t="s">
+        <v>703</v>
+      </c>
+      <c r="D151" s="8" t="s">
+        <v>716</v>
+      </c>
+      <c r="E151" s="8" t="s">
+        <v>730</v>
+      </c>
+      <c r="F151" s="8" t="s">
+        <v>745</v>
+      </c>
+      <c r="G151" s="6" t="s">
+        <v>775</v>
+      </c>
+      <c r="H151" s="8" t="s">
+        <v>789</v>
+      </c>
+      <c r="I151" s="8" t="s">
+        <v>798</v>
+      </c>
+      <c r="J151" s="6" t="s">
+        <v>825</v>
+      </c>
+      <c r="K151" s="8" t="s">
+        <v>837</v>
+      </c>
+      <c r="L151" s="6" t="s">
+        <v>928</v>
+      </c>
+      <c r="M151" s="6" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B152" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="C152" s="8" t="s">
+        <v>704</v>
+      </c>
+      <c r="D152" s="8" t="s">
+        <v>715</v>
+      </c>
+      <c r="E152" s="8" t="s">
+        <v>729</v>
+      </c>
+      <c r="F152" s="8" t="s">
+        <v>746</v>
+      </c>
+      <c r="G152" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="H152" s="8" t="s">
+        <v>794</v>
+      </c>
+      <c r="I152" s="8" t="s">
+        <v>809</v>
+      </c>
+      <c r="J152" s="6" t="s">
+        <v>821</v>
+      </c>
+      <c r="K152" s="8" t="s">
+        <v>835</v>
+      </c>
+      <c r="L152" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="M152" s="6" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B153" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="C153" s="8" t="s">
+        <v>701</v>
+      </c>
+      <c r="D153" s="8" t="s">
+        <v>718</v>
+      </c>
+      <c r="E153" s="8" t="s">
+        <v>727</v>
+      </c>
+      <c r="F153" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="G153" s="6" t="s">
+        <v>773</v>
+      </c>
+      <c r="H153" s="8" t="s">
+        <v>934</v>
+      </c>
+      <c r="I153" s="8" t="s">
+        <v>806</v>
+      </c>
+      <c r="J153" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="K153" s="8" t="s">
+        <v>836</v>
+      </c>
+      <c r="L153" s="6" t="s">
+        <v>845</v>
+      </c>
+      <c r="M153" s="6" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B154" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="C154" s="8" t="s">
+        <v>695</v>
+      </c>
+      <c r="D154" s="8" t="s">
+        <v>714</v>
+      </c>
+      <c r="E154" s="8" t="s">
+        <v>731</v>
+      </c>
+      <c r="F154" s="8" t="s">
+        <v>748</v>
+      </c>
+      <c r="G154" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="H154" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="I154" s="8" t="s">
+        <v>800</v>
+      </c>
+      <c r="J154" s="6" t="s">
+        <v>819</v>
+      </c>
+      <c r="K154" s="8" t="s">
+        <v>831</v>
+      </c>
+      <c r="L154" s="6" t="s">
+        <v>853</v>
+      </c>
+      <c r="M154" s="6" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B155" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="C155" s="8" t="s">
+        <v>694</v>
+      </c>
+      <c r="D155" s="8" t="s">
+        <v>709</v>
+      </c>
+      <c r="E155" s="8" t="s">
+        <v>723</v>
+      </c>
+      <c r="F155" s="8" t="s">
+        <v>749</v>
+      </c>
+      <c r="G155" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="H155" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="I155" s="8" t="s">
+        <v>799</v>
+      </c>
+      <c r="J155" s="2" t="s">
+        <v>913</v>
+      </c>
+      <c r="K155" s="8" t="s">
+        <v>968</v>
+      </c>
+      <c r="L155" s="6" t="s">
+        <v>852</v>
+      </c>
+      <c r="M155" s="6" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B156" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="C156" s="8" t="s">
+        <v>702</v>
+      </c>
+      <c r="D156" s="8" t="s">
+        <v>720</v>
+      </c>
+      <c r="E156" s="8" t="s">
+        <v>722</v>
+      </c>
+      <c r="F156" s="8" t="s">
+        <v>758</v>
+      </c>
+      <c r="G156" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="H156" s="8" t="s">
+        <v>785</v>
+      </c>
+      <c r="I156" s="8" t="s">
+        <v>804</v>
+      </c>
+      <c r="J156" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="K156" s="8" t="s">
+        <v>828</v>
+      </c>
+      <c r="L156" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="M156" s="6" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B157" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="C157" s="8" t="s">
+        <v>700</v>
+      </c>
+      <c r="D157" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="E157" s="8" t="s">
+        <v>911</v>
+      </c>
+      <c r="F157" s="8" t="s">
+        <v>738</v>
+      </c>
+      <c r="G157" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="H157" s="8" t="s">
+        <v>784</v>
+      </c>
+      <c r="I157" s="8" t="s">
+        <v>802</v>
+      </c>
+      <c r="J157" s="6" t="s">
+        <v>823</v>
+      </c>
+      <c r="K157" s="8" t="s">
+        <v>827</v>
+      </c>
+      <c r="L157" s="6" t="s">
+        <v>841</v>
+      </c>
+      <c r="M157" s="6" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B158" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="D158" s="8" t="s">
+        <v>717</v>
+      </c>
+      <c r="E158" s="8" t="s">
+        <v>736</v>
+      </c>
+      <c r="F158" s="8" t="s">
+        <v>750</v>
+      </c>
+      <c r="G158" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="H158" s="8" t="s">
+        <v>787</v>
+      </c>
+      <c r="I158" s="8" t="s">
+        <v>805</v>
+      </c>
+      <c r="J158" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="K158" s="8" t="s">
+        <v>829</v>
+      </c>
+      <c r="L158" s="6" t="s">
+        <v>842</v>
+      </c>
+      <c r="M158" s="2" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B159" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="D159" s="8" t="s">
+        <v>719</v>
+      </c>
+      <c r="E159" s="8" t="s">
+        <v>724</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>957</v>
+      </c>
+      <c r="G159" s="6" t="s">
+        <v>767</v>
+      </c>
+      <c r="H159" s="8" t="s">
+        <v>783</v>
+      </c>
+      <c r="I159" s="8" t="s">
+        <v>797</v>
+      </c>
+      <c r="J159" s="6" t="s">
+        <v>814</v>
+      </c>
+      <c r="K159" s="8" t="s">
+        <v>830</v>
+      </c>
+      <c r="L159" s="6" t="s">
+        <v>846</v>
+      </c>
+      <c r="M159" s="6" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B160" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="D160" s="8" t="s">
+        <v>874</v>
+      </c>
+      <c r="E160" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="F160" s="8" t="s">
+        <v>752</v>
+      </c>
+      <c r="G160" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="H160" s="8" t="s">
+        <v>793</v>
+      </c>
+      <c r="I160" s="8" t="s">
+        <v>807</v>
+      </c>
+      <c r="J160" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="K160" s="8" t="s">
+        <v>838</v>
+      </c>
+      <c r="L160" s="6" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="161" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B161" s="6" t="s">
+        <v>910</v>
+      </c>
+      <c r="D161" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="E161" s="8" t="s">
+        <v>734</v>
+      </c>
+      <c r="F161" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="G161" s="6" t="s">
+        <v>777</v>
+      </c>
+      <c r="I161" s="8" t="s">
+        <v>796</v>
+      </c>
+      <c r="J161" s="6" t="s">
+        <v>817</v>
+      </c>
+      <c r="L161" s="6" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="162" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B162" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="E162" s="8" t="s">
+        <v>733</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>939</v>
+      </c>
+      <c r="G162" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="J162" s="6" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="163" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B163" s="6" t="s">
+        <v>693</v>
+      </c>
+      <c r="E163" s="8" t="s">
+        <v>876</v>
+      </c>
+      <c r="F163" s="8" t="s">
+        <v>759</v>
+      </c>
+      <c r="G163" s="6" t="s">
+        <v>880</v>
+      </c>
+      <c r="J163" s="6" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="164" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="E164" s="8" t="s">
+        <v>726</v>
+      </c>
+      <c r="F164" s="8" t="s">
+        <v>743</v>
+      </c>
+      <c r="G164" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="J164" s="6" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="165" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="F165" s="8" t="s">
+        <v>740</v>
+      </c>
+      <c r="G165" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="J165" s="6" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="166" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="F166" s="8" t="s">
+        <v>741</v>
+      </c>
+      <c r="G166" s="6" t="s">
+        <v>765</v>
+      </c>
+      <c r="J166" s="6" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="167" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="F167" s="8" t="s">
+        <v>742</v>
+      </c>
+      <c r="G167" s="6" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="168" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="F168" s="8" t="s">
+        <v>739</v>
+      </c>
+      <c r="G168" s="6" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="169" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="F169" s="8" t="s">
+        <v>744</v>
+      </c>
+      <c r="G169" s="6" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="170" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="F170" s="8" t="s">
+        <v>756</v>
+      </c>
+      <c r="G170" s="6" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="171" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="F171" s="8" t="s">
+        <v>751</v>
+      </c>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="M146:M158">
+    <sortCondition ref="M146"/>
+  </sortState>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="8" scale="51" fitToWidth="2" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:I853"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G14" sqref="G14"/>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="5" topLeftCell="B449" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
+      <selection pane="bottomRight" activeCell="G463" sqref="G463"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="33.140625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="11.85546875" style="9" customWidth="1"/>
+    <col min="1" max="1" width="18.1640625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="60.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.6640625" style="10" customWidth="1"/>
+    <col min="4" max="5" width="11.6640625" style="17" customWidth="1"/>
+    <col min="6" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="21" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" s="13" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="D5" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="18" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="24" t="s">
+        <v>561</v>
+      </c>
+      <c r="B6" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="C6" s="25">
+        <v>1.6</v>
+      </c>
+      <c r="D6" s="26" t="s">
+        <v>455</v>
+      </c>
+      <c r="E6" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="C7" s="14">
+        <v>2</v>
+      </c>
+      <c r="D7" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E7" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="C8" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D8" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E8" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="C9" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E9" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="C10" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D10" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E10" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D11" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D12" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E12" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="C13" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D13" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E13" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>755</v>
+      </c>
+      <c r="C14" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D14" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E14" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="C15" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D15" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E15" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>769</v>
+      </c>
+      <c r="C16" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E16" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="6" t="s">
+        <v>903</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="C17" s="14">
+        <v>2.9</v>
+      </c>
+      <c r="D17" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E17" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="C18" s="14">
+        <v>6</v>
+      </c>
+      <c r="D18" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="E18" s="19">
+        <v>676.44</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>833</v>
+      </c>
+      <c r="C19" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D19" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E19" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>832</v>
+      </c>
+      <c r="C20" s="14">
+        <v>6</v>
+      </c>
+      <c r="D20" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E20" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="C21" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D21" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E21" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>848</v>
+      </c>
+      <c r="C22" s="14">
+        <v>6</v>
+      </c>
+      <c r="D22" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E22" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>854</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E23" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>866</v>
+      </c>
+      <c r="C24" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D24" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E24" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="C25" s="14">
+        <v>6</v>
+      </c>
+      <c r="D25" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E25" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>868</v>
+      </c>
+      <c r="C26" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D26" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E26" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="C27" s="14">
+        <v>6</v>
+      </c>
+      <c r="D27" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E27" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="C28" s="14"/>
+      <c r="D28" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E28" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="C29" s="14">
+        <v>2</v>
+      </c>
+      <c r="D29" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E29" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="C30" s="14">
+        <v>3</v>
+      </c>
+      <c r="D30" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E30" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="C31" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D31" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E31" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="C32" s="14">
+        <v>3.1</v>
+      </c>
+      <c r="D32" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E32" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="C33" s="14">
+        <v>3</v>
+      </c>
+      <c r="D33" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E33" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="C34" s="14">
+        <v>3</v>
+      </c>
+      <c r="D34" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E34" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="C35" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D35" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E35" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>888</v>
+      </c>
+      <c r="C36" s="14">
+        <v>4</v>
+      </c>
+      <c r="D36" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E36" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="C37" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D37" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E37" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="C38" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D38" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E38" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="C39" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D39" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E39" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="C40" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D40" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E40" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A41" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="C41" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D41" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E41" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="C42" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D42" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E42" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="C43" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D43" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E43" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>936</v>
+      </c>
+      <c r="C44" s="14"/>
+      <c r="D44" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E44" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A45" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="C45" s="14">
+        <v>6</v>
+      </c>
+      <c r="D45" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E45" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="C46" s="14">
+        <v>4</v>
+      </c>
+      <c r="D46" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E46" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>919</v>
+      </c>
+      <c r="C47" s="14"/>
+      <c r="D47" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E47" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="C48" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D48" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E48" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A49" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>950</v>
+      </c>
+      <c r="C49" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D49" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E49" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A50" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C50" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D50" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E50" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A51" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>915</v>
+      </c>
+      <c r="C51" s="14">
+        <v>1</v>
+      </c>
+      <c r="D51" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E51" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A52" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="C52" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D52" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E52" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A53" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="C53" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D53" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E53" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A54" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="C54" s="14">
+        <v>2</v>
+      </c>
+      <c r="D54" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E54" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A55" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="C55" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D55" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E55" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A56" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="C56" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D56" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E56" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A57" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="C57" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D57" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E57" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A58" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>946</v>
+      </c>
+      <c r="C58" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D58" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E58" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A59" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>916</v>
+      </c>
+      <c r="C59" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D59" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E59" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A60" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="C60" s="14">
+        <v>2</v>
+      </c>
+      <c r="D60" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E60" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A61" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="C61" s="14">
+        <v>2</v>
+      </c>
+      <c r="D61" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E61" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A62" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="C62" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D62" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E62" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A63" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="C63" s="14">
+        <v>2</v>
+      </c>
+      <c r="D63" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E63" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A64" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="C64" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D64" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E64" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A65" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="C65" s="14">
+        <v>2</v>
+      </c>
+      <c r="D65" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E65" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A66" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>942</v>
+      </c>
+      <c r="C66" s="14">
+        <v>2</v>
+      </c>
+      <c r="D66" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E66" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A67" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="C67" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D67" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E67" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A68" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="C68" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D68" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E68" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="C69" s="14">
+        <v>2</v>
+      </c>
+      <c r="D69" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E69" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A70" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="C70" s="14">
+        <v>2</v>
+      </c>
+      <c r="D70" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E70" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="C71" s="14">
+        <v>2</v>
+      </c>
+      <c r="D71" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E71" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A72" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>958</v>
+      </c>
+      <c r="C72" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D72" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E72" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A73" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="C73" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D73" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E73" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A74" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="C74" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D74" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E74" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A75" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="C75" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D75" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E75" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A76" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="C76" s="14">
+        <v>3</v>
+      </c>
+      <c r="D76" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E76" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A77" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="C77" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D77" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E77" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A78" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="C78" s="14">
+        <v>3</v>
+      </c>
+      <c r="D78" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E78" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A79" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="C79" s="14">
+        <v>3</v>
+      </c>
+      <c r="D79" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E79" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A80" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="C80" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D80" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E80" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A81" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="C81" s="14">
+        <v>3</v>
+      </c>
+      <c r="D81" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E81" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A82" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="C82" s="14">
+        <v>3</v>
+      </c>
+      <c r="D82" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E82" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A83" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="C83" s="14">
+        <v>3</v>
+      </c>
+      <c r="D83" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E83" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A84" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>614</v>
+      </c>
+      <c r="C84" s="14">
+        <v>3.7</v>
+      </c>
+      <c r="D84" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E84" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A85" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="C85" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D85" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E85" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A86" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="C86" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D86" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E86" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A87" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="C87" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D87" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E87" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A88" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="C88" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D88" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E88" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A89" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="C89" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D89" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E89" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A90" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>855</v>
+      </c>
+      <c r="C90" s="14">
+        <v>5.2</v>
+      </c>
+      <c r="D90" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E90" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A91" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="C91" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D91" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E91" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A92" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="C92" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D92" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E92" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A93" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="C93" s="14">
+        <v>2</v>
+      </c>
+      <c r="D93" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E93" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A94" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="C94" s="14">
+        <v>2</v>
+      </c>
+      <c r="D94" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E94" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A95" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="C95" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D95" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E95" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A96" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="C96" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D96" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E96" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A97" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="C97" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D97" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E97" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A98" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>725</v>
+      </c>
+      <c r="C98" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D98" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E98" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A99" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>721</v>
+      </c>
+      <c r="C99" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D99" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E99" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A100" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="C100" s="14">
+        <v>2</v>
+      </c>
+      <c r="D100" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E100" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A101" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="C101" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D101" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E101" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A102" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>760</v>
+      </c>
+      <c r="C102" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D102" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E102" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A103" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>757</v>
+      </c>
+      <c r="C103" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D103" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E103" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A104" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="C104" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D104" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E104" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A105" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>745</v>
+      </c>
+      <c r="C105" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D105" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E105" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A106" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>746</v>
+      </c>
+      <c r="C106" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D106" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E106" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A107" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="C107" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D107" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E107" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A108" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>781</v>
+      </c>
+      <c r="C108" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D108" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E108" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A109" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>774</v>
+      </c>
+      <c r="C109" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D109" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E109" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A110" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>775</v>
+      </c>
+      <c r="C110" s="14">
+        <v>2</v>
+      </c>
+      <c r="D110" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E110" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A111" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="C111" s="14">
+        <v>2</v>
+      </c>
+      <c r="D111" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E111" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A112" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>773</v>
+      </c>
+      <c r="C112" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D112" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E112" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A113" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="C113" s="14">
+        <v>3</v>
+      </c>
+      <c r="D113" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E113" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A114" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="C114" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D114" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E114" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A115" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>786</v>
+      </c>
+      <c r="C115" s="14">
+        <v>3</v>
+      </c>
+      <c r="D115" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E115" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A116" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="C116" s="14">
+        <v>3</v>
+      </c>
+      <c r="D116" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E116" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A117" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="C117" s="14">
+        <v>3</v>
+      </c>
+      <c r="D117" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E117" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A118" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B118" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="C118" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D118" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E118" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A119" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="C119" s="14">
+        <v>6</v>
+      </c>
+      <c r="D119" s="19" t="s">
+        <v>465</v>
+      </c>
+      <c r="E119" s="19">
+        <v>451.9</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A120" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>941</v>
+      </c>
+      <c r="C120" s="14">
+        <v>4</v>
+      </c>
+      <c r="D120" s="19" t="s">
+        <v>465</v>
+      </c>
+      <c r="E120" s="19">
+        <v>451.9</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A121" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="B121" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="C121" s="14">
+        <v>6</v>
+      </c>
+      <c r="D121" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="E121" s="19">
+        <v>676.44</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A122" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="C122" s="14">
+        <v>6</v>
+      </c>
+      <c r="D122" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="E122" s="19">
+        <v>676.44</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A123" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="C123" s="14">
+        <v>6</v>
+      </c>
+      <c r="D123" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="E123" s="19">
+        <v>676.44</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A124" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>859</v>
+      </c>
+      <c r="C124" s="14">
+        <v>6.75</v>
+      </c>
+      <c r="D124" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E124" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A125" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="B125" s="6" t="s">
+        <v>858</v>
+      </c>
+      <c r="C125" s="14">
+        <v>6</v>
+      </c>
+      <c r="D125" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E125" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A126" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="B126" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="C126" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D126" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E126" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A127" s="6" t="s">
+        <v>929</v>
+      </c>
+      <c r="B127" s="6" t="s">
+        <v>930</v>
+      </c>
+      <c r="C127" s="14">
+        <v>4</v>
+      </c>
+      <c r="D127" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E127" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A128" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="C128" s="14">
+        <v>2</v>
+      </c>
+      <c r="D128" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E128" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A129" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="C129" s="14">
+        <v>2</v>
+      </c>
+      <c r="D129" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E129" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A130" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="C130" s="14">
+        <v>2</v>
+      </c>
+      <c r="D130" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E130" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A131" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B131" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="C131" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D131" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E131" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A132" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B132" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="C132" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D132" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E132" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A133" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B133" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="C133" s="14">
+        <v>3</v>
+      </c>
+      <c r="D133" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E133" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A134" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="C134" s="14">
+        <v>3</v>
+      </c>
+      <c r="D134" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E134" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A135" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="C135" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D135" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E135" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A136" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="C136" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D136" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E136" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A137" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="C137" s="14">
+        <v>3</v>
+      </c>
+      <c r="D137" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E137" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A138" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B138" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="C138" s="14">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="D138" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E138" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A139" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B139" s="6" t="s">
+        <v>931</v>
+      </c>
+      <c r="C139" s="14"/>
+      <c r="D139" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E139" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A140" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B140" s="22" t="s">
+        <v>987</v>
+      </c>
+      <c r="C140" s="14"/>
+      <c r="D140" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E140" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A141" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B141" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="C141" s="14">
+        <v>4.8</v>
+      </c>
+      <c r="D141" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E141" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A142" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="C142" s="14">
+        <v>4.8</v>
+      </c>
+      <c r="D142" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E142" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A143" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B143" s="22" t="s">
+        <v>988</v>
+      </c>
+      <c r="C143" s="14"/>
+      <c r="D143" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="E143" s="19">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A144" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="C144" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D144" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E144" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A145" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="C145" s="14">
+        <v>2</v>
+      </c>
+      <c r="D145" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E145" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A146" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="C146" s="14">
+        <v>2</v>
+      </c>
+      <c r="D146" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E146" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A147" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="C147" s="14">
+        <v>5</v>
+      </c>
+      <c r="D147" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E147" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A148" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B148" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="C148" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D148" s="19" t="s">
+        <v>465</v>
+      </c>
+      <c r="E148" s="19">
+        <v>451.9</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A149" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B149" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="C149" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D149" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E149" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A150" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="C150" s="14">
+        <v>2</v>
+      </c>
+      <c r="D150" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E150" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A151" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B151" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="C151" s="14">
+        <v>2</v>
+      </c>
+      <c r="D151" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E151" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A152" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="C152" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D152" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E152" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A153" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>944</v>
+      </c>
+      <c r="C153" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D153" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E153" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A154" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="C154" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D154" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E154" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A155" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B155" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="C155" s="14">
+        <v>2</v>
+      </c>
+      <c r="D155" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E155" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A156" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B156" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="C156" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D156" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E156" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A157" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="C157" s="14">
+        <v>2</v>
+      </c>
+      <c r="D157" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E157" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A158" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B158" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="C158" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D158" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E158" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A159" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="C159" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D159" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E159" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A160" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="C160" s="14">
+        <v>3</v>
+      </c>
+      <c r="D160" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E160" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A161" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B161" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="C161" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D161" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E161" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A162" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="C162" s="14">
+        <v>2</v>
+      </c>
+      <c r="D162" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E162" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A163" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="C163" s="14">
+        <v>2</v>
+      </c>
+      <c r="D163" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E163" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A164" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B164" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="C164" s="14">
+        <v>3</v>
+      </c>
+      <c r="D164" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E164" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A165" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B165" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="C165" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D165" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E165" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A166" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B166" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="C166" s="14"/>
+      <c r="D166" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E166" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A167" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B167" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="C167" s="14">
+        <v>3</v>
+      </c>
+      <c r="D167" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E167" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A168" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="C168" s="14">
+        <v>3</v>
+      </c>
+      <c r="D168" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E168" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A169" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B169" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="C169" s="14">
+        <v>3</v>
+      </c>
+      <c r="D169" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E169" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A170" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>587</v>
+      </c>
+      <c r="C170" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D170" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E170" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A171" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B171" s="6" t="s">
+        <v>922</v>
+      </c>
+      <c r="C171" s="14"/>
+      <c r="D171" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E171" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A172" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B172" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="C172" s="14">
+        <v>4</v>
+      </c>
+      <c r="D172" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E172" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A173" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B173" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="C173" s="14">
+        <v>5</v>
+      </c>
+      <c r="D173" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E173" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A174" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B174" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="C174" s="14">
+        <v>3</v>
+      </c>
+      <c r="D174" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E174" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A175" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B175" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="C175" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D175" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E175" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A176" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B176" s="6" t="s">
+        <v>810</v>
+      </c>
+      <c r="C176" s="14">
+        <v>5</v>
+      </c>
+      <c r="D176" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E176" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A177" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B177" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="C177" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D177" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E177" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A178" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B178" s="6" t="s">
+        <v>825</v>
+      </c>
+      <c r="C178" s="14">
+        <v>4</v>
+      </c>
+      <c r="D178" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E178" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A179" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B179" s="6" t="s">
+        <v>821</v>
+      </c>
+      <c r="C179" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D179" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E179" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A180" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B180" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="C180" s="14">
+        <v>3</v>
+      </c>
+      <c r="D180" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E180" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A181" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B181" s="6" t="s">
+        <v>819</v>
+      </c>
+      <c r="C181" s="14">
+        <v>5</v>
+      </c>
+      <c r="D181" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E181" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A182" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B182" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="C182" s="14">
+        <v>3</v>
+      </c>
+      <c r="D182" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E182" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A183" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B183" s="6" t="s">
+        <v>834</v>
+      </c>
+      <c r="C183" s="14">
+        <v>5</v>
+      </c>
+      <c r="D183" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E183" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A184" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B184" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="C184" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D184" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E184" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A185" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B185" s="6" t="s">
+        <v>845</v>
+      </c>
+      <c r="C185" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D185" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E185" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A186" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B186" s="6" t="s">
+        <v>699</v>
+      </c>
+      <c r="C186" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D186" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E186" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A187" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B187" s="6" t="s">
+        <v>711</v>
+      </c>
+      <c r="C187" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D187" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E187" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A188" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B188" s="6" t="s">
+        <v>712</v>
+      </c>
+      <c r="C188" s="14">
+        <v>2</v>
+      </c>
+      <c r="D188" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E188" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A189" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B189" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="C189" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D189" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E189" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A190" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B190" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="C190" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D190" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E190" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A191" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B191" s="6" t="s">
+        <v>727</v>
+      </c>
+      <c r="C191" s="14">
+        <v>2</v>
+      </c>
+      <c r="D191" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E191" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A192" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B192" s="6" t="s">
+        <v>731</v>
+      </c>
+      <c r="C192" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D192" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E192" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A193" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B193" s="6" t="s">
+        <v>723</v>
+      </c>
+      <c r="C193" s="14">
+        <v>3</v>
+      </c>
+      <c r="D193" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E193" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A194" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B194" s="6" t="s">
+        <v>722</v>
+      </c>
+      <c r="C194" s="14">
+        <v>2</v>
+      </c>
+      <c r="D194" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E194" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A195" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B195" s="6" t="s">
+        <v>911</v>
+      </c>
+      <c r="C195" s="14"/>
+      <c r="D195" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E195" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A196" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B196" s="6" t="s">
+        <v>747</v>
+      </c>
+      <c r="C196" s="14">
+        <v>2</v>
+      </c>
+      <c r="D196" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E196" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A197" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B197" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="C197" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D197" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E197" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A198" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B198" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="C198" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D198" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E198" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A199" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B199" s="6" t="s">
+        <v>758</v>
+      </c>
+      <c r="C199" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D199" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E199" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A200" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B200" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="C200" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D200" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E200" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A201" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B201" s="6" t="s">
+        <v>750</v>
+      </c>
+      <c r="C201" s="14">
+        <v>2</v>
+      </c>
+      <c r="D201" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E201" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A202" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B202" s="6" t="s">
+        <v>957</v>
+      </c>
+      <c r="C202" s="14">
+        <v>2</v>
+      </c>
+      <c r="D202" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E202" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A203" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B203" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="C203" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D203" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E203" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A204" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B204" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="C204" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D204" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E204" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A205" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B205" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="C205" s="14">
+        <v>3.3</v>
+      </c>
+      <c r="D205" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E205" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A206" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B206" s="6" t="s">
+        <v>767</v>
+      </c>
+      <c r="C206" s="14">
+        <v>2</v>
+      </c>
+      <c r="D206" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E206" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A207" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B207" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="C207" s="14">
+        <v>3</v>
+      </c>
+      <c r="D207" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E207" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A208" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B208" s="6" t="s">
+        <v>795</v>
+      </c>
+      <c r="C208" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D208" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E208" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A209" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B209" s="6" t="s">
+        <v>790</v>
+      </c>
+      <c r="C209" s="14">
+        <v>3</v>
+      </c>
+      <c r="D209" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E209" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A210" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B210" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="C210" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D210" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E210" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A211" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B211" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="C211" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D211" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E211" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A212" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B212" s="6" t="s">
+        <v>934</v>
+      </c>
+      <c r="C212" s="14">
+        <v>3</v>
+      </c>
+      <c r="D212" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E212" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A213" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B213" s="6" t="s">
+        <v>959</v>
+      </c>
+      <c r="C213" s="14">
+        <v>3</v>
+      </c>
+      <c r="D213" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E213" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A214" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B214" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="C214" s="14">
+        <v>3</v>
+      </c>
+      <c r="D214" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E214" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A215" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>947</v>
+      </c>
+      <c r="C215" s="14">
+        <v>3</v>
+      </c>
+      <c r="D215" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E215" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A216" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>801</v>
+      </c>
+      <c r="C216" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D216" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E216" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A217" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B217" s="6" t="s">
+        <v>798</v>
+      </c>
+      <c r="C217" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D217" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E217" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A218" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="C218" s="14">
+        <v>6.1</v>
+      </c>
+      <c r="D218" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="E218" s="19">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A219" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="B219" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="C219" s="14">
+        <v>3.6</v>
+      </c>
+      <c r="D219" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E219" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A220" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="B220" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="C220" s="14">
+        <v>2</v>
+      </c>
+      <c r="D220" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E220" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A221" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="B221" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C221" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D221" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E221" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A222" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="B222" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="C222" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D222" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E222" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A223" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B223" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="C223" s="14">
+        <v>2.8</v>
+      </c>
+      <c r="D223" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="E223" s="19">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A224" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B224" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="C224" s="14">
+        <v>3.3</v>
+      </c>
+      <c r="D224" s="19" t="s">
+        <v>216</v>
+      </c>
+      <c r="E224" s="19">
+        <v>213.92</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A225" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="C225" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D225" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E225" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A226" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B226" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="C226" s="14">
+        <v>2</v>
+      </c>
+      <c r="D226" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E226" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A227" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B227" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="C227" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D227" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E227" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A228" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B228" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="C228" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D228" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E228" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A229" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B229" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="C229" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D229" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E229" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A230" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B230" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="C230" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D230" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E230" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A231" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B231" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="C231" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D231" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="E231" s="19">
+        <v>61.59</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A232" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B232" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="C232" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D232" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E232" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A233" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B233" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="C233" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D233" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E233" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A234" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B234" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="C234" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D234" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E234" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A235" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B235" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="C235" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D235" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E235" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A236" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B236" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="C236" s="14">
+        <v>2</v>
+      </c>
+      <c r="D236" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E236" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A237" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B237" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="C237" s="14">
+        <v>2</v>
+      </c>
+      <c r="D237" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E237" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A238" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B238" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="C238" s="14">
+        <v>2</v>
+      </c>
+      <c r="D238" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E238" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A239" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B239" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="C239" s="14">
+        <v>2</v>
+      </c>
+      <c r="D239" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E239" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A240" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B240" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C240" s="14">
+        <v>1</v>
+      </c>
+      <c r="D240" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E240" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A241" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B241" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C241" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D241" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E241" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A242" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B242" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C242" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D242" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E242" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A243" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B243" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="C243" s="14">
+        <v>2</v>
+      </c>
+      <c r="D243" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E243" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A244" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B244" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="C244" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D244" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E244" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A245" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B245" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="C245" s="14">
+        <v>2</v>
+      </c>
+      <c r="D245" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E245" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B246" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="C246" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D246" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E246" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A247" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="B247" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="C247" s="14">
+        <v>6</v>
+      </c>
+      <c r="D247" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E247" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A248" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="B248" s="6" t="s">
+        <v>864</v>
+      </c>
+      <c r="C248" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D248" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E248" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A249" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="B249" s="6" t="s">
+        <v>863</v>
+      </c>
+      <c r="C249" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D249" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E249" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A250" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="B250" s="6" t="s">
+        <v>860</v>
+      </c>
+      <c r="C250" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D250" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E250" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A251" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B251" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="C251" s="14">
+        <v>1.3</v>
+      </c>
+      <c r="D251" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E251" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A252" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B252" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="C252" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D252" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E252" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A253" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B253" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C253" s="14">
+        <v>0.9</v>
+      </c>
+      <c r="D253" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E253" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A254" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B254" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C254" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D254" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E254" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A255" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B255" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C255" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D255" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E255" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A256" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B256" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C256" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D256" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E256" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A257" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B257" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C257" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D257" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E257" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A258" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B258" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C258" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D258" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E258" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A259" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B259" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="C259" s="14">
+        <v>2</v>
+      </c>
+      <c r="D259" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E259" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A260" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B260" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="C260" s="14">
+        <v>1</v>
+      </c>
+      <c r="D260" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="E260" s="19">
+        <v>61.59</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A261" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B261" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="C261" s="14">
+        <v>1</v>
+      </c>
+      <c r="D261" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E261" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A262" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B262" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="C262" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D262" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E262" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A263" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B263" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="C263" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D263" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E263" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A264" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B264" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="C264" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D264" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E264" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A265" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B265" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="C265" s="14">
+        <v>2</v>
+      </c>
+      <c r="D265" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E265" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A266" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B266" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="C266" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D266" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E266" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A267" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B267" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="C267" s="14">
+        <v>2</v>
+      </c>
+      <c r="D267" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E267" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A268" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B268" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="C268" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D268" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E268" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A269" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B269" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="C269" s="14">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D269" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="E269" s="19">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A270" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B270" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C270" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D270" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E270" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A271" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B271" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C271" s="14">
+        <v>1</v>
+      </c>
+      <c r="D271" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E271" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="272" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A272" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B272" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C272" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D272" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E272" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="273" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A273" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B273" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C273" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D273" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E273" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="274" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A274" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B274" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C274" s="14">
+        <v>1</v>
+      </c>
+      <c r="D274" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E274" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="275" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A275" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B275" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C275" s="14">
+        <v>1</v>
+      </c>
+      <c r="D275" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E275" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="276" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A276" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B276" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C276" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D276" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E276" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="277" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A277" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B277" s="6" t="s">
+        <v>905</v>
+      </c>
+      <c r="C277" s="14">
+        <v>1</v>
+      </c>
+      <c r="D277" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E277" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="278" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A278" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B278" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C278" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D278" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E278" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="279" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A279" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B279" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="C279" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D279" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E279" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="280" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A280" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B280" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="C280" s="14">
+        <v>2</v>
+      </c>
+      <c r="D280" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E280" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A281" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B281" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="C281" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D281" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E281" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A282" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B282" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="C282" s="14">
+        <v>2</v>
+      </c>
+      <c r="D282" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E282" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="283" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A283" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B283" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="C283" s="14">
+        <v>2</v>
+      </c>
+      <c r="D283" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E283" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A284" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B284" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="C284" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D284" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E284" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="285" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A285" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B285" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="C285" s="14">
+        <v>2</v>
+      </c>
+      <c r="D285" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E285" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="286" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A286" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B286" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="C286" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D286" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E286" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A287" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B287" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="C287" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D287" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E287" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="288" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A288" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B288" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="C288" s="14"/>
+      <c r="D288" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E288" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A289" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B289" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="C289" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D289" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E289" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A290" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B290" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="C290" s="14">
+        <v>2</v>
+      </c>
+      <c r="D290" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E290" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A291" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B291" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="C291" s="14">
+        <v>2</v>
+      </c>
+      <c r="D291" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E291" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="292" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A292" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B292" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="C292" s="14">
+        <v>2</v>
+      </c>
+      <c r="D292" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E292" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="293" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A293" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B293" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="C293" s="14">
+        <v>2</v>
+      </c>
+      <c r="D293" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E293" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="294" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A294" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B294" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="C294" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D294" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E294" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="295" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A295" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B295" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C295" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D295" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E295" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A296" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B296" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C296" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D296" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E296" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A297" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B297" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="C297" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D297" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E297" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A298" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B298" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="C298" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D298" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E298" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A299" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B299" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C299" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D299" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E299" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A300" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B300" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="C300" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D300" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E300" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A301" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B301" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="C301" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D301" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E301" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="302" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A302" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B302" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="C302" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D302" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E302" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A303" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B303" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="C303" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D303" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E303" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="304" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A304" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B304" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="C304" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D304" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E304" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="305" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A305" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B305" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="C305" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D305" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E305" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="306" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A306" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B306" s="6" t="s">
+        <v>709</v>
+      </c>
+      <c r="C306" s="14">
+        <v>2</v>
+      </c>
+      <c r="D306" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E306" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A307" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B307" s="6" t="s">
+        <v>754</v>
+      </c>
+      <c r="C307" s="14">
+        <v>2</v>
+      </c>
+      <c r="D307" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E307" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A308" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B308" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="C308" s="14">
+        <v>2</v>
+      </c>
+      <c r="D308" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E308" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="309" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A309" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B309" s="6" t="s">
+        <v>964</v>
+      </c>
+      <c r="C309" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D309" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E309" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A310" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B310" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="C310" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D310" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E310" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A311" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B311" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="C311" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D311" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E311" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A312" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B312" s="6" t="s">
+        <v>963</v>
+      </c>
+      <c r="C312" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D312" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E312" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A313" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B313" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="C313" s="14">
+        <v>2</v>
+      </c>
+      <c r="D313" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E313" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A314" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B314" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="C314" s="14">
+        <v>1.7</v>
+      </c>
+      <c r="D314" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E314" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A315" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B315" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C315" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D315" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E315" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="316" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A316" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B316" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C316" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D316" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E316" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A317" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B317" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="C317" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D317" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E317" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="318" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A318" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B318" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="C318" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D318" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E318" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="319" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A319" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B319" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="C319" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D319" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E319" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="320" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A320" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B320" s="6" t="s">
+        <v>698</v>
+      </c>
+      <c r="C320" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D320" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E320" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A321" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B321" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="C321" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D321" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E321" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="322" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A322" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B322" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="C322" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D322" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E322" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A323" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B323" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="C323" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D323" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E323" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="324" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A324" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B324" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="C324" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D324" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E324" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="325" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A325" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B325" s="6" t="s">
+        <v>918</v>
+      </c>
+      <c r="C325" s="14"/>
+      <c r="D325" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E325" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A326" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B326" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="C326" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D326" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E326" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A327" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B327" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="C327" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D327" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E327" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A328" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B328" s="6" t="s">
+        <v>777</v>
+      </c>
+      <c r="C328" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D328" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E328" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A329" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B329" s="6" t="s">
+        <v>881</v>
+      </c>
+      <c r="C329" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D329" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E329" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A330" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="B330" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="C330" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D330" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E330" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A331" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="B331" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="C331" s="14">
+        <v>3</v>
+      </c>
+      <c r="D331" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E331" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A332" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B332" s="6" t="s">
+        <v>884</v>
+      </c>
+      <c r="C332" s="14">
+        <v>2</v>
+      </c>
+      <c r="D332" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E332" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A333" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B333" s="6" t="s">
+        <v>885</v>
+      </c>
+      <c r="C333" s="14">
+        <v>2</v>
+      </c>
+      <c r="D333" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E333" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A334" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B334" s="6" t="s">
+        <v>886</v>
+      </c>
+      <c r="C334" s="14">
+        <v>3</v>
+      </c>
+      <c r="D334" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E334" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A335" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B335" s="6" t="s">
+        <v>887</v>
+      </c>
+      <c r="C335" s="14">
+        <v>3</v>
+      </c>
+      <c r="D335" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E335" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A336" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B336" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="C336" s="14">
+        <v>5</v>
+      </c>
+      <c r="D336" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E336" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A337" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B337" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="C337" s="14">
+        <v>5</v>
+      </c>
+      <c r="D337" s="19" t="s">
+        <v>465</v>
+      </c>
+      <c r="E337" s="19">
+        <v>451.9</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A338" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B338" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="C338" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D338" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E338" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A339" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B339" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="C339" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D339" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E339" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A340" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B340" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="C340" s="14">
+        <v>2</v>
+      </c>
+      <c r="D340" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E340" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A341" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B341" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="C341" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D341" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E341" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A342" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B342" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="C342" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D342" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E342" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A343" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B343" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="C343" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D343" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E343" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A344" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B344" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="C344" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D344" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E344" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A345" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B345" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="C345" s="14">
+        <v>2.7</v>
+      </c>
+      <c r="D345" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E345" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A346" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B346" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="C346" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D346" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E346" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A347" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B347" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="C347" s="14">
+        <v>2</v>
+      </c>
+      <c r="D347" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E347" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A348" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B348" s="6" t="s">
+        <v>924</v>
+      </c>
+      <c r="C348" s="14">
+        <v>2</v>
+      </c>
+      <c r="D348" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E348" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A349" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B349" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="C349" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D349" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E349" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A350" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B350" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="C350" s="14">
+        <v>3</v>
+      </c>
+      <c r="D350" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E350" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A351" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B351" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="C351" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D351" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E351" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A352" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B352" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="C352" s="14">
+        <v>2.7</v>
+      </c>
+      <c r="D352" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E352" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A353" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B353" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="C353" s="14">
+        <v>3</v>
+      </c>
+      <c r="D353" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E353" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A354" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B354" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="C354" s="14">
+        <v>5</v>
+      </c>
+      <c r="D354" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E354" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A355" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B355" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="C355" s="14">
+        <v>5</v>
+      </c>
+      <c r="D355" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E355" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A356" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B356" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="C356" s="14">
+        <v>3</v>
+      </c>
+      <c r="D356" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E356" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A357" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B357" s="6" t="s">
+        <v>823</v>
+      </c>
+      <c r="C357" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D357" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E357" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A358" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B358" s="6" t="s">
+        <v>840</v>
+      </c>
+      <c r="C358" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D358" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E358" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A359" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B359" s="6" t="s">
+        <v>839</v>
+      </c>
+      <c r="C359" s="14">
+        <v>5</v>
+      </c>
+      <c r="D359" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E359" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A360" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B360" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="C360" s="14">
+        <v>5</v>
+      </c>
+      <c r="D360" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E360" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A361" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B361" s="6" t="s">
+        <v>853</v>
+      </c>
+      <c r="C361" s="14">
+        <v>5</v>
+      </c>
+      <c r="D361" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E361" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A362" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="B362" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="C362" s="14">
+        <v>3</v>
+      </c>
+      <c r="D362" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E362" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A363" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="B363" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="C363" s="14">
+        <v>3</v>
+      </c>
+      <c r="D363" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E363" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A364" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="B364" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="C364" s="14">
+        <v>4.7</v>
+      </c>
+      <c r="D364" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E364" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A365" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="B365" s="6" t="s">
+        <v>920</v>
+      </c>
+      <c r="C365" s="14"/>
+      <c r="D365" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E365" s="19">
+        <v>183.92</v>
+      </c>
+      <c r="F365" s="14"/>
+      <c r="G365" s="19"/>
+      <c r="H365" s="15"/>
+    </row>
+    <row r="366" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A366" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="B366" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C366" s="14">
+        <v>2</v>
+      </c>
+      <c r="D366" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E366" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A367" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B367" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="C367" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D367" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E367" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A368" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B368" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="C368" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D368" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E368" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A369" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B369" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="C369" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D369" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E369" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A370" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B370" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="C370" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D370" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E370" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A371" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B371" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="C371" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D371" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="E371" s="19">
+        <v>61.59</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A372" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B372" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="C372" s="14"/>
+      <c r="D372" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E372" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A373" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B373" s="6" t="s">
+        <v>940</v>
+      </c>
+      <c r="C373" s="14">
+        <v>2.9</v>
+      </c>
+      <c r="D373" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E373" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A374" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B374" s="6" t="s">
+        <v>938</v>
+      </c>
+      <c r="C374" s="14">
+        <v>2</v>
+      </c>
+      <c r="D374" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E374" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A375" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B375" s="6" t="s">
+        <v>939</v>
+      </c>
+      <c r="C375" s="14">
+        <v>3.3</v>
+      </c>
+      <c r="D375" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E375" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A376" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="B376" s="6" t="s">
+        <v>862</v>
+      </c>
+      <c r="C376" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D376" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E376" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A377" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="B377" s="6" t="s">
+        <v>927</v>
+      </c>
+      <c r="C377" s="14"/>
+      <c r="D377" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E377" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A378" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="B378" s="6" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C378" s="14">
+        <v>3.996</v>
+      </c>
+      <c r="D378" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="E378" s="19">
+        <v>676.44</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A379" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B379" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="C379" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D379" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E379" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A380" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B380" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="C380" s="14">
+        <v>2</v>
+      </c>
+      <c r="D380" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E380" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A381" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B381" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="C381" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D381" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E381" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A382" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B382" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="C382" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D382" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E382" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A383" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B383" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="C383" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D383" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E383" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A384" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B384" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="C384" s="14">
+        <v>2</v>
+      </c>
+      <c r="D384" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E384" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A385" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B385" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="C385" s="14">
+        <v>2.7</v>
+      </c>
+      <c r="D385" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E385" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A386" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B386" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="C386" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D386" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E386" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A387" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B387" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="C387" s="14">
+        <v>2.7</v>
+      </c>
+      <c r="D387" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E387" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A388" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B388" s="22" t="s">
+        <v>953</v>
+      </c>
+      <c r="C388" s="14" t="s">
+        <v>956</v>
+      </c>
+      <c r="D388" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E388" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A389" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B389" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="C389" s="14">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="D389" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E389" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A390" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B390" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="C390" s="14">
+        <v>3</v>
+      </c>
+      <c r="D390" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E390" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A391" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B391" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="C391" s="14">
+        <v>3</v>
+      </c>
+      <c r="D391" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E391" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A392" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B392" s="6" t="s">
+        <v>937</v>
+      </c>
+      <c r="C392" s="14">
+        <v>2</v>
+      </c>
+      <c r="D392" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E392" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A393" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B393" s="22" t="s">
+        <v>954</v>
+      </c>
+      <c r="C393" s="14">
+        <v>3</v>
+      </c>
+      <c r="D393" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E393" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A394" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B394" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="C394" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D394" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E394" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A395" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="B395" s="22" t="s">
+        <v>955</v>
+      </c>
+      <c r="C395" s="14">
+        <v>3</v>
+      </c>
+      <c r="D395" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E395" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A396" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B396" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="C396" s="14">
+        <v>3</v>
+      </c>
+      <c r="D396" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E396" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A397" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B397" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="C397" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D397" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E397" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A398" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B398" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="C398" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D398" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E398" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A399" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B399" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="C399" s="14">
+        <v>3</v>
+      </c>
+      <c r="D399" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E399" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A400" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B400" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="C400" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D400" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E400" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A401" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B401" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="C401" s="14">
+        <v>5</v>
+      </c>
+      <c r="D401" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E401" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A402" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B402" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="C402" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D402" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E402" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A403" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B403" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="C403" s="14">
+        <v>4.3</v>
+      </c>
+      <c r="D403" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E403" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A404" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="B404" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="C404" s="14">
+        <v>4.3</v>
+      </c>
+      <c r="D404" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E404" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A405" s="6" t="s">
+        <v>870</v>
+      </c>
+      <c r="B405" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="C405" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D405" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E405" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A406" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="B406" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="C406" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D406" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E406" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A407" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="B407" s="6" t="s">
+        <v>960</v>
+      </c>
+      <c r="C407" s="14">
+        <v>3</v>
+      </c>
+      <c r="D407" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E407" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A408" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="B408" s="6" t="s">
+        <v>814</v>
+      </c>
+      <c r="C408" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D408" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E408" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A409" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="B409" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="C409" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D409" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E409" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A410" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="B410" s="6" t="s">
+        <v>852</v>
+      </c>
+      <c r="C410" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D410" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E410" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A411" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B411" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="C411" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D411" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E411" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A412" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B412" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="C412" s="14">
+        <v>2</v>
+      </c>
+      <c r="D412" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E412" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="413" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A413" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B413" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="C413" s="14">
+        <v>2</v>
+      </c>
+      <c r="D413" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E413" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="414" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A414" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B414" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="C414" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D414" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E414" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A415" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B415" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="C415" s="14">
+        <v>2</v>
+      </c>
+      <c r="D415" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E415" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A416" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B416" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="C416" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D416" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E416" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A417" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B417" s="6" t="s">
+        <v>906</v>
+      </c>
+      <c r="C417" s="14">
+        <v>2.1</v>
+      </c>
+      <c r="D417" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E417" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A418" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B418" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="C418" s="14">
+        <v>2.1</v>
+      </c>
+      <c r="D418" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E418" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A419" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B419" s="6" t="s">
+        <v>932</v>
+      </c>
+      <c r="C419" s="14"/>
+      <c r="D419" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E419" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A420" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B420" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="C420" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D420" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E420" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A421" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B421" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="C421" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D421" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E421" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A422" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B422" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="C422" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D422" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E422" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A423" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B423" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="C423" s="14">
+        <v>3</v>
+      </c>
+      <c r="D423" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E423" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A424" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B424" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="C424" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D424" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E424" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A425" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B425" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="C425" s="14">
+        <v>3</v>
+      </c>
+      <c r="D425" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E425" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A426" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B426" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="C426" s="14">
+        <v>3</v>
+      </c>
+      <c r="D426" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E426" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A427" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B427" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="C427" s="14">
+        <v>3</v>
+      </c>
+      <c r="D427" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E427" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A428" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B428" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="C428" s="14">
+        <v>5</v>
+      </c>
+      <c r="D428" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E428" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A429" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B429" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="C429" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D429" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="E429" s="19">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A430" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B430" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="C430" s="14">
+        <v>2</v>
+      </c>
+      <c r="D430" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="E430" s="19">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A431" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B431" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="C431" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D431" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="E431" s="19">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A432" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B432" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="C432" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D432" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="E432" s="19">
+        <v>168.88</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A433" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B433" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="C433" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D433" s="19" t="s">
+        <v>216</v>
+      </c>
+      <c r="E433" s="19">
+        <v>213.92</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A434" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B434" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="C434" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D434" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E434" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A435" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B435" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="C435" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D435" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="E435" s="26">
+        <v>83.77</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A436" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B436" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="C436" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D436" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E436" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A437" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B437" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="C437" s="14">
+        <v>5</v>
+      </c>
+      <c r="D437" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E437" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A438" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B438" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="C438" s="14">
+        <v>6</v>
+      </c>
+      <c r="D438" s="19" t="s">
+        <v>465</v>
+      </c>
+      <c r="E438" s="19">
+        <v>451.9</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A439" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B439" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="C439" s="14">
+        <v>5.5</v>
+      </c>
+      <c r="D439" s="19" t="s">
+        <v>465</v>
+      </c>
+      <c r="E439" s="19">
+        <v>451.9</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A440" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B440" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="C440" s="14">
+        <v>6</v>
+      </c>
+      <c r="D440" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="E440" s="19">
+        <v>676.44</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A441" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B441" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="C441" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D441" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E441" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A442" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B442" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="C442" s="14">
+        <v>1.7</v>
+      </c>
+      <c r="D442" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E442" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A443" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B443" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="C443" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D443" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E443" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A444" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B444" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="C444" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D444" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E444" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A445" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B445" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="C445" s="14">
+        <v>2</v>
+      </c>
+      <c r="D445" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E445" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A446" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B446" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="C446" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D446" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E446" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A447" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B447" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="C447" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D447" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E447" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A448" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B448" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="C448" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D448" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E448" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A449" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B449" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="C449" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D449" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E449" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A450" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B450" s="6" t="s">
+        <v>898</v>
+      </c>
+      <c r="C450" s="14">
+        <v>2</v>
+      </c>
+      <c r="D450" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E450" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A451" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B451" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="C451" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D451" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E451" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A452" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B452" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C452" s="14">
+        <v>1.3320000000000001</v>
+      </c>
+      <c r="D452" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E452" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A453" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B453" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="C453" s="14">
+        <v>2</v>
+      </c>
+      <c r="D453" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E453" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A454" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B454" s="6" t="s">
+        <v>917</v>
+      </c>
+      <c r="C454" s="14"/>
+      <c r="D454" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E454" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A455" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B455" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="C455" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D455" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E455" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A456" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B456" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="C456" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D456" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E456" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A457" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B457" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="C457" s="14">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D457" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E457" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A458" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B458" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="C458" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D458" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E458" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A459" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B459" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="C459" s="14">
+        <v>3</v>
+      </c>
+      <c r="D459" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E459" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A460" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B460" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="C460" s="14">
+        <v>2</v>
+      </c>
+      <c r="D460" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E460" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A461" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B461" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="C461" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D461" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E461" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A462" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B462" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="C462" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D462" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E462" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A463" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B463" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="C463" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D463" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E463" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A464" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B464" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="C464" s="14">
+        <v>2.8</v>
+      </c>
+      <c r="D464" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E464" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="465" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A465" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B465" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="C465" s="14">
+        <v>3</v>
+      </c>
+      <c r="D465" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E465" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="466" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A466" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B466" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="C466" s="14">
+        <v>2.1</v>
+      </c>
+      <c r="D466" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E466" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="467" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A467" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B467" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="C467" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D467" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E467" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="468" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A468" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B468" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="C468" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D468" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E468" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="469" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A469" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B469" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="C469" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D469" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E469" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="470" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A470" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B470" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="C470" s="14">
+        <v>5</v>
+      </c>
+      <c r="D470" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E470" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="471" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A471" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B471" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="C471" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D471" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E471" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="472" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A472" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B472" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="C472" s="14">
+        <v>2.8</v>
+      </c>
+      <c r="D472" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E472" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="473" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A473" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B473" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="C473" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D473" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E473" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="474" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A474" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B474" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="C474" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D474" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E474" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="475" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A475" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B475" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="C475" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D475" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E475" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="476" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A476" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B476" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="C476" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D476" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E476" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="477" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A477" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B477" s="6" t="s">
+        <v>817</v>
+      </c>
+      <c r="C477" s="14">
+        <v>6.3</v>
+      </c>
+      <c r="D477" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E477" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A478" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B478" s="6" t="s">
+        <v>816</v>
+      </c>
+      <c r="C478" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D478" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E478" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="479" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A479" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B479" s="6" t="s">
+        <v>897</v>
+      </c>
+      <c r="C479" s="14"/>
+      <c r="D479" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E479" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="480" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A480" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B480" s="6" t="s">
+        <v>904</v>
+      </c>
+      <c r="C480" s="14">
+        <v>4</v>
+      </c>
+      <c r="D480" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E480" s="19">
+        <v>278.52999999999997</v>
+      </c>
+      <c r="I480" s="16"/>
+    </row>
+    <row r="481" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A481" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B481" s="6" t="s">
+        <v>835</v>
+      </c>
+      <c r="C481" s="14">
+        <v>5</v>
+      </c>
+      <c r="D481" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E481" s="19">
+        <v>335.32</v>
+      </c>
+      <c r="I481" s="16"/>
+    </row>
+    <row r="482" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A482" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B482" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="C482" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D482" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E482" s="19">
+        <v>335.32</v>
+      </c>
+      <c r="I482" s="16"/>
+    </row>
+    <row r="483" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A483" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B483" s="6" t="s">
+        <v>831</v>
+      </c>
+      <c r="C483" s="14">
+        <v>5</v>
+      </c>
+      <c r="D483" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E483" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="484" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A484" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B484" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="C484" s="14">
+        <v>4</v>
+      </c>
+      <c r="D484" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E484" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="485" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A485" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B485" s="6" t="s">
+        <v>841</v>
+      </c>
+      <c r="C485" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D485" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E485" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="486" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A486" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B486" s="6" t="s">
+        <v>842</v>
+      </c>
+      <c r="C486" s="14">
+        <v>6</v>
+      </c>
+      <c r="D486" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E486" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="487" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A487" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B487" s="6" t="s">
+        <v>867</v>
+      </c>
+      <c r="C487" s="14">
+        <v>6.3</v>
+      </c>
+      <c r="D487" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="E487" s="19">
+        <v>643.61</v>
+      </c>
+    </row>
+    <row r="488" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A488" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B488" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="C488" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D488" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E488" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="489" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A489" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B489" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="C489" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D489" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E489" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="490" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A490" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B490" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="C490" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D490" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E490" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="491" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A491" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B491" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="C491" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D491" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E491" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="492" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A492" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B492" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="C492" s="14">
+        <v>2</v>
+      </c>
+      <c r="D492" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E492" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="493" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A493" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B493" s="6" t="s">
+        <v>743</v>
+      </c>
+      <c r="C493" s="14">
+        <v>2.1</v>
+      </c>
+      <c r="D493" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E493" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A494" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B494" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="C494" s="14">
+        <v>2</v>
+      </c>
+      <c r="D494" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E494" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="495" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A495" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B495" s="6" t="s">
+        <v>741</v>
+      </c>
+      <c r="C495" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D495" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E495" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="496" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A496" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B496" s="6" t="s">
+        <v>742</v>
+      </c>
+      <c r="C496" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D496" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E496" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="497" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A497" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B497" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="C497" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D497" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E497" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="498" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A498" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B498" s="6" t="s">
+        <v>878</v>
+      </c>
+      <c r="C498" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D498" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E498" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="499" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A499" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B499" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="C499" s="14">
+        <v>2</v>
+      </c>
+      <c r="D499" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E499" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="500" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A500" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B500" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="C500" s="14">
+        <v>2.6</v>
+      </c>
+      <c r="D500" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E500" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="501" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A501" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B501" s="6" t="s">
+        <v>765</v>
+      </c>
+      <c r="C501" s="14">
+        <v>2.8</v>
+      </c>
+      <c r="D501" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E501" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="502" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A502" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B502" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="C502" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D502" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E502" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="503" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A503" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B503" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="C503" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D503" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E503" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="504" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A504" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B504" s="6" t="s">
+        <v>785</v>
+      </c>
+      <c r="C504" s="14">
+        <v>2.8</v>
+      </c>
+      <c r="D504" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E504" s="19">
+        <v>221.75</v>
+      </c>
+      <c r="I504" s="16"/>
+    </row>
+    <row r="505" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A505" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B505" s="6" t="s">
+        <v>784</v>
+      </c>
+      <c r="C505" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D505" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E505" s="19">
+        <v>221.75</v>
+      </c>
+      <c r="I505" s="16"/>
+    </row>
+    <row r="506" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A506" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B506" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="C506" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D506" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E506" s="19">
+        <v>221.75</v>
+      </c>
+      <c r="I506" s="16"/>
+    </row>
+    <row r="507" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A507" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B507" s="6" t="s">
+        <v>783</v>
+      </c>
+      <c r="C507" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D507" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E507" s="19">
+        <v>221.75</v>
+      </c>
+      <c r="I507" s="16"/>
+    </row>
+    <row r="508" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A508" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B508" s="6" t="s">
+        <v>800</v>
+      </c>
+      <c r="C508" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D508" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E508" s="19">
+        <v>243.38</v>
+      </c>
+      <c r="I508" s="16"/>
+    </row>
+    <row r="509" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A509" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B509" s="6" t="s">
+        <v>799</v>
+      </c>
+      <c r="C509" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D509" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E509" s="19">
+        <v>243.38</v>
+      </c>
+      <c r="I509" s="16"/>
+    </row>
+    <row r="510" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A510" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="B510" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="C510" s="14">
+        <v>5</v>
+      </c>
+      <c r="D510" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E510" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="511" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A511" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B511" s="6" t="s">
+        <v>802</v>
+      </c>
+      <c r="C511" s="14">
+        <v>5</v>
+      </c>
+      <c r="D511" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E511" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="512" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A512" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B512" s="6" t="s">
+        <v>805</v>
+      </c>
+      <c r="C512" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D512" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E512" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="513" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A513" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B513" s="6" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C513" s="14">
+        <v>4</v>
+      </c>
+      <c r="D513" s="19" t="s">
+        <v>465</v>
+      </c>
+      <c r="E513" s="19">
+        <v>451.9</v>
+      </c>
+    </row>
+    <row r="514" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A514" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B514" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="C514" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D514" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E514" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="515" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A515" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B515" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="C515" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D515" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E515" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="516" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A516" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B516" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="C516" s="14">
+        <v>2</v>
+      </c>
+      <c r="D516" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E516" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="517" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A517" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B517" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="C517" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D517" s="19" t="s">
+        <v>661</v>
+      </c>
+      <c r="E517" s="19">
+        <v>82.48</v>
+      </c>
+    </row>
+    <row r="518" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A518" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="B518" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C518" s="14">
+        <v>1</v>
+      </c>
+      <c r="D518" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E518" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="519" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A519" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B519" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="C519" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D519" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E519" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="520" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A520" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B520" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C520" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D520" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E520" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="521" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A521" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B521" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="C521" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D521" s="19" t="s">
+        <v>661</v>
+      </c>
+      <c r="E521" s="19">
+        <v>82.48</v>
+      </c>
+    </row>
+    <row r="522" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A522" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B522" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="C522" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D522" s="19" t="s">
+        <v>661</v>
+      </c>
+      <c r="E522" s="19">
+        <v>82.48</v>
+      </c>
+    </row>
+    <row r="523" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A523" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B523" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="C523" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D523" s="19" t="s">
+        <v>661</v>
+      </c>
+      <c r="E523" s="19">
+        <v>82.48</v>
+      </c>
+    </row>
+    <row r="524" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A524" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="B524" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="C524" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D524" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E524" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="525" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A525" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="B525" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="C525" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D525" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E525" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="526" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A526" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B526" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="C526" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D526" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E526" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="527" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A527" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B527" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="C527" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D527" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E527" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="528" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A528" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B528" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="C528" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D528" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E528" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A529" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B529" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="C529" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D529" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E529" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A530" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B530" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="C530" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D530" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E530" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="531" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A531" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B531" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="C531" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D531" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E531" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="532" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A532" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B532" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="C532" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D532" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E532" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="533" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A533" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B533" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="C533" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D533" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E533" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="534" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A534" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B534" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="C534" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D534" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="E534" s="19">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="535" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A535" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B535" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C535" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D535" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E535" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="536" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A536" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B536" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C536" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D536" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E536" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="537" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A537" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B537" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="C537" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D537" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E537" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="538" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A538" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B538" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="C538" s="14">
+        <v>2</v>
+      </c>
+      <c r="D538" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E538" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="539" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A539" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B539" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="C539" s="14">
+        <v>2.7</v>
+      </c>
+      <c r="D539" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E539" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="540" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A540" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B540" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="C540" s="14">
+        <v>2</v>
+      </c>
+      <c r="D540" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E540" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="541" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A541" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B541" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="C541" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D541" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E541" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="542" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A542" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B542" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="C542" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D542" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E542" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="543" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A543" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B543" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="C543" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D543" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="E543" s="19">
+        <v>61.59</v>
+      </c>
+    </row>
+    <row r="544" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A544" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B544" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="C544" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D544" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E544" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="545" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A545" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B545" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="C545" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D545" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E545" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="546" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A546" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B546" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="C546" s="14">
+        <v>2</v>
+      </c>
+      <c r="D546" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E546" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="547" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A547" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B547" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="C547" s="14">
+        <v>2</v>
+      </c>
+      <c r="D547" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E547" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="548" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A548" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B548" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C548" s="14">
+        <v>1</v>
+      </c>
+      <c r="D548" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E548" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="549" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A549" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B549" s="6" t="s">
+        <v>883</v>
+      </c>
+      <c r="C549" s="14">
+        <v>0.9</v>
+      </c>
+      <c r="D549" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E549" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="550" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A550" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B550" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C550" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D550" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E550" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="551" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A551" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B551" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="C551" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D551" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E551" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="552" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A552" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B552" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="C552" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D552" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E552" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="553" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A553" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B553" s="6" t="s">
+        <v>926</v>
+      </c>
+      <c r="C553" s="14"/>
+      <c r="D553" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E553" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="554" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A554" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B554" s="6" t="s">
+        <v>826</v>
+      </c>
+      <c r="C554" s="14">
+        <v>3.8</v>
+      </c>
+      <c r="D554" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E554" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="555" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A555" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B555" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="C555" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D555" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E555" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="556" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A556" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B556" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="C556" s="14">
+        <v>3.7</v>
+      </c>
+      <c r="D556" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E556" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="557" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A557" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B557" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="C557" s="14">
+        <v>3.5</v>
+      </c>
+      <c r="D557" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E557" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="558" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A558" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="B558" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="C558" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D558" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E558" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="559" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A559" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B559" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="C559" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D559" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E559" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="560" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A560" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B560" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="C560" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D560" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E560" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="561" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A561" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B561" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" s="14">
+        <v>1</v>
+      </c>
+      <c r="D561" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E561" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="562" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A562" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B562" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C562" s="14">
+        <v>1</v>
+      </c>
+      <c r="D562" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E562" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="563" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A563" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B563" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C563" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D563" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E563" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="564" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A564" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B564" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C564" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D564" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E564" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="565" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A565" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B565" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C565" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D565" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E565" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="566" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A566" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B566" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="C566" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D566" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E566" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="567" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A567" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B567" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C567" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D567" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E567" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="568" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A568" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B568" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="C568" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D568" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E568" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="569" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A569" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B569" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C569" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D569" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E569" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="570" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A570" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B570" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C570" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D570" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E570" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="571" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A571" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B571" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C571" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D571" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E571" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="572" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A572" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B572" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="C572" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D572" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E572" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="573" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A573" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B573" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="C573" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D573" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E573" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="574" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A574" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B574" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="C574" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D574" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E574" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="575" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A575" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B575" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C575" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D575" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E575" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="576" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A576" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B576" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C576" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D576" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E576" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="577" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A577" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B577" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="C577" s="14">
+        <v>2</v>
+      </c>
+      <c r="D577" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E577" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="578" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A578" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B578" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="C578" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D578" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E578" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="579" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A579" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B579" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="C579" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D579" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E579" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="580" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A580" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B580" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="C580" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D580" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E580" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="581" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A581" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B581" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="C581" s="14">
+        <v>2</v>
+      </c>
+      <c r="D581" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E581" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="582" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A582" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B582" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="C582" s="14">
+        <v>2</v>
+      </c>
+      <c r="D582" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E582" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="583" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A583" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B583" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="C583" s="14">
+        <v>2.7</v>
+      </c>
+      <c r="D583" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E583" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="584" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A584" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B584" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="C584" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D584" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E584" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="585" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A585" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B585" s="6" t="s">
+        <v>704</v>
+      </c>
+      <c r="C585" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D585" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E585" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="586" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A586" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B586" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="C586" s="14">
+        <v>2</v>
+      </c>
+      <c r="D586" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E586" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="587" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A587" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B587" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="C587" s="14">
+        <v>3</v>
+      </c>
+      <c r="D587" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E587" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="588" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A588" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B588" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="C588" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D588" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E588" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="589" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A589" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B589" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="C589" s="14">
+        <v>3</v>
+      </c>
+      <c r="D589" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E589" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="590" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A590" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B590" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="C590" s="14">
+        <v>4.5</v>
+      </c>
+      <c r="D590" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E590" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="591" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A591" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B591" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="C591" s="14">
+        <v>3.6</v>
+      </c>
+      <c r="D591" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E591" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="592" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A592" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B592" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="C592" s="14">
+        <v>4.8</v>
+      </c>
+      <c r="D592" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E592" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="593" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A593" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B593" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="C593" s="14">
+        <v>4.5</v>
+      </c>
+      <c r="D593" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="E593" s="19">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="594" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A594" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B594" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="C594" s="14">
+        <v>4.8</v>
+      </c>
+      <c r="D594" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E594" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="595" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A595" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B595" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="C595" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D595" s="19" t="s">
+        <v>464</v>
+      </c>
+      <c r="E595" s="19">
+        <v>321.74</v>
+      </c>
+    </row>
+    <row r="596" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A596" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B596" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="C596" s="14">
+        <v>4.8</v>
+      </c>
+      <c r="D596" s="19" t="s">
+        <v>465</v>
+      </c>
+      <c r="E596" s="19">
+        <v>451.9</v>
+      </c>
+    </row>
+    <row r="597" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A597" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B597" s="6" t="s">
+        <v>626</v>
+      </c>
+      <c r="C597" s="14">
+        <v>3</v>
+      </c>
+      <c r="D597" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E597" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="598" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A598" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B598" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="C598" s="14">
+        <v>3.6</v>
+      </c>
+      <c r="D598" s="19" t="s">
+        <v>669</v>
+      </c>
+      <c r="E598" s="19">
+        <v>278.52999999999997</v>
+      </c>
+    </row>
+    <row r="599" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A599" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B599" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="C599" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D599" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E599" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="600" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A600" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B600" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="C600" s="14">
+        <v>3</v>
+      </c>
+      <c r="D600" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E600" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="601" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A601" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B601" s="6" t="s">
+        <v>827</v>
+      </c>
+      <c r="C601" s="14">
+        <v>3.8</v>
+      </c>
+      <c r="D601" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E601" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="602" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A602" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B602" s="6" t="s">
+        <v>829</v>
+      </c>
+      <c r="C602" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D602" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E602" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="603" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A603" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B603" s="6" t="s">
+        <v>830</v>
+      </c>
+      <c r="C603" s="14">
+        <v>3.8</v>
+      </c>
+      <c r="D603" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E603" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="604" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A604" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B604" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="C604" s="14">
+        <v>3.6</v>
+      </c>
+      <c r="D604" s="19" t="s">
+        <v>670</v>
+      </c>
+      <c r="E604" s="19">
+        <v>335.32</v>
+      </c>
+    </row>
+    <row r="605" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A605" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B605" s="6" t="s">
+        <v>846</v>
+      </c>
+      <c r="C605" s="14">
+        <v>3.8</v>
+      </c>
+      <c r="D605" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E605" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="606" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A606" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B606" s="6" t="s">
+        <v>850</v>
+      </c>
+      <c r="C606" s="14">
+        <v>3.6</v>
+      </c>
+      <c r="D606" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E606" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="607" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A607" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B607" s="6" t="s">
+        <v>847</v>
+      </c>
+      <c r="C607" s="14">
+        <v>3.8</v>
+      </c>
+      <c r="D607" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="E607" s="19">
+        <v>440.8</v>
+      </c>
+    </row>
+    <row r="608" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A608" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B608" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="C608" s="14">
+        <v>2.7</v>
+      </c>
+      <c r="D608" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="E608" s="19">
+        <v>200.12</v>
+      </c>
+    </row>
+    <row r="609" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A609" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B609" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="C609" s="14">
+        <v>2.7</v>
+      </c>
+      <c r="D609" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="E609" s="19">
+        <v>221.75</v>
+      </c>
+    </row>
+    <row r="610" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A610" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B610" s="6" t="s">
+        <v>797</v>
+      </c>
+      <c r="C610" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D610" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E610" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="611" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A611" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="B611" s="6" t="s">
+        <v>807</v>
+      </c>
+      <c r="C611" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D611" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E611" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="612" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A612" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B612" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="C612" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D612" s="19" t="s">
+        <v>308</v>
+      </c>
+      <c r="E612" s="19">
+        <v>119.87</v>
+      </c>
+    </row>
+    <row r="613" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A613" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B613" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="C613" s="14">
+        <v>2</v>
+      </c>
+      <c r="D613" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E613" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="614" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A614" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B614" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="C614" s="14">
+        <v>2</v>
+      </c>
+      <c r="D614" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E614" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="615" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A615" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B615" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="C615" s="14">
+        <v>2</v>
+      </c>
+      <c r="D615" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E615" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="616" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A616" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B616" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="C616" s="14">
+        <v>2.7</v>
+      </c>
+      <c r="D616" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E616" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="617" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A617" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B617" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="C617" s="14">
+        <v>2</v>
+      </c>
+      <c r="D617" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E617" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="618" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A618" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B618" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="C618" s="14">
+        <v>2</v>
+      </c>
+      <c r="D618" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E618" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="619" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A619" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B619" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="C619" s="14">
+        <v>3</v>
+      </c>
+      <c r="D619" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E619" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="620" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A620" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B620" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="C620" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D620" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E620" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="621" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A621" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B621" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="C621" s="14">
+        <v>3</v>
+      </c>
+      <c r="D621" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E621" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="622" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A622" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B622" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="C622" s="14">
+        <v>3</v>
+      </c>
+      <c r="D622" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E622" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="623" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A623" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B623" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="C623" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D623" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E623" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="624" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A624" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B624" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="C624" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D624" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E624" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="625" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A625" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B625" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="C625" s="14">
+        <v>3</v>
+      </c>
+      <c r="D625" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E625" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="626" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A626" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B626" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="C626" s="14">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="D626" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E626" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="627" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A627" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B627" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="C627" s="14">
+        <v>5</v>
+      </c>
+      <c r="D627" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="E627" s="19">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="628" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A628" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="B628" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="C628" s="14">
+        <v>4.2</v>
+      </c>
+      <c r="D628" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="E628" s="19">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="629" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A629" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B629" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="C629" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D629" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="E629" s="19">
+        <v>61.59</v>
+      </c>
+    </row>
+    <row r="630" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A630" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B630" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="C630" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D630" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E630" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="631" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A631" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B631" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="C631" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D631" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E631" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="632" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A632" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B632" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="C632" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D632" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E632" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="633" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A633" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B633" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="C633" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D633" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E633" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="634" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A634" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B634" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="C634" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D634" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E634" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="635" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A635" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B635" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="C635" s="14">
+        <v>2</v>
+      </c>
+      <c r="D635" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E635" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="636" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A636" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B636" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="C636" s="14">
+        <v>2</v>
+      </c>
+      <c r="D636" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="E636" s="19">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="637" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A637" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B637" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="C637" s="14">
+        <v>3</v>
+      </c>
+      <c r="D637" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="E637" s="19">
+        <v>168.88</v>
+      </c>
+    </row>
+    <row r="638" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A638" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B638" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C638" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D638" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E638" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="639" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A639" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B639" s="6" t="s">
+        <v>882</v>
+      </c>
+      <c r="C639" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D639" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E639" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="640" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A640" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B640" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C640" s="14">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D640" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E640" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="641" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A641" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B641" s="6" t="s">
+        <v>907</v>
+      </c>
+      <c r="C641" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D641" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E641" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="642" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A642" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B642" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="C642" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D642" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E642" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="643" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A643" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B643" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="C643" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D643" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E643" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="644" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A644" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B644" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="C644" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D644" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E644" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="645" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A645" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B645" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="C645" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D645" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E645" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="646" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A646" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B646" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="C646" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D646" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E646" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="647" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A647" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B647" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C647" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D647" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E647" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="648" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A648" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B648" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C648" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D648" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E648" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="649" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A649" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B649" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="C649" s="14">
+        <v>2</v>
+      </c>
+      <c r="D649" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E649" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="650" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A650" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B650" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="C650" s="14">
+        <v>2</v>
+      </c>
+      <c r="D650" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E650" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="651" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A651" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B651" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="C651" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D651" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E651" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="652" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A652" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B652" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="C652" s="14">
+        <v>2</v>
+      </c>
+      <c r="D652" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E652" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="653" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A653" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B653" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="C653" s="14">
+        <v>2</v>
+      </c>
+      <c r="D653" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E653" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="654" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A654" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B654" s="6" t="s">
+        <v>701</v>
+      </c>
+      <c r="C654" s="14">
+        <v>2</v>
+      </c>
+      <c r="D654" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E654" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="655" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A655" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="B655" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C655" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D655" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E655" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="656" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A656" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="B656" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="C656" s="14">
+        <v>6.5</v>
+      </c>
+      <c r="D656" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="E656" s="19">
+        <v>676.44</v>
+      </c>
+    </row>
+    <row r="657" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A657" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="B657" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="C657" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D657" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="E657" s="19">
+        <v>676.44</v>
+      </c>
+    </row>
+    <row r="658" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A658" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="B658" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="C658" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D658" s="19" t="s">
+        <v>534</v>
+      </c>
+      <c r="E658" s="19">
+        <v>980.84</v>
+      </c>
+    </row>
+    <row r="659" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A659" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="B659" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="C659" s="14">
+        <v>2</v>
+      </c>
+      <c r="D659" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E659" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="660" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A660" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="B660" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="C660" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D660" s="19" t="s">
+        <v>661</v>
+      </c>
+      <c r="E660" s="19">
+        <v>82.48</v>
+      </c>
+    </row>
+    <row r="661" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A661" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B661" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="C661" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D661" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E661" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="662" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A662" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B662" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="C662" s="14">
+        <v>2</v>
+      </c>
+      <c r="D662" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E662" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="663" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A663" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B663" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="C663" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D663" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E663" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="664" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A664" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B664" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="C664" s="14">
+        <v>2</v>
+      </c>
+      <c r="D664" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E664" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="665" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A665" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B665" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="C665" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D665" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E665" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="666" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A666" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B666" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="C666" s="14">
+        <v>2</v>
+      </c>
+      <c r="D666" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E666" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="667" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A667" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B667" s="6" t="s">
+        <v>523</v>
+      </c>
+      <c r="C667" s="14">
+        <v>2</v>
+      </c>
+      <c r="D667" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E667" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="668" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A668" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B668" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="C668" s="14">
+        <v>2</v>
+      </c>
+      <c r="D668" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E668" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="669" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A669" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B669" s="6" t="s">
+        <v>528</v>
+      </c>
+      <c r="C669" s="14">
+        <v>2</v>
+      </c>
+      <c r="D669" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E669" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="670" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A670" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B670" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="C670" s="14">
+        <v>2</v>
+      </c>
+      <c r="D670" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E670" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="671" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A671" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B671" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="C671" s="14">
+        <v>2.8</v>
+      </c>
+      <c r="D671" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E671" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="672" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A672" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B672" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="C672" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D672" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E672" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="673" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A673" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B673" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="C673" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D673" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E673" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="674" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A674" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B674" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C674" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D674" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E674" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="675" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A675" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B675" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C675" s="14" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D675" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E675" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="676" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A676" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B676" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C676" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D676" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E676" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="677" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A677" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B677" s="6" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C677" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D677" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E677" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="678" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A678" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B678" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C678" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D678" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E678" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="679" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A679" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B679" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="C679" s="14">
+        <v>2</v>
+      </c>
+      <c r="D679" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E679" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="680" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A680" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B680" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="C680" s="14">
+        <v>2</v>
+      </c>
+      <c r="D680" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E680" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="681" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A681" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B681" s="6" t="s">
+        <v>910</v>
+      </c>
+      <c r="C681" s="14"/>
+      <c r="D681" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E681" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="682" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A682" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B682" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="C682" s="14">
+        <v>2</v>
+      </c>
+      <c r="D682" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E682" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="683" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A683" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="B683" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="C683" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D683" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E683" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="684" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A684" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B684" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="C684" s="14">
+        <v>2</v>
+      </c>
+      <c r="D684" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E684" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="685" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A685" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B685" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C685" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D685" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E685" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="686" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A686" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B686" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="C686" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D686" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E686" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="687" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A687" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B687" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C687" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D687" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E687" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="688" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A688" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B688" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="C688" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D688" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E688" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="689" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A689" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B689" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C689" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D689" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E689" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="690" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A690" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B690" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="C690" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D690" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E690" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="691" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A691" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B691" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="C691" s="14">
+        <v>2</v>
+      </c>
+      <c r="D691" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E691" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="692" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A692" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B692" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="C692" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D692" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E692" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="693" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A693" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B693" s="6" t="s">
         <v>16</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="A5" s="3" t="s">
+      <c r="C693" s="14">
+        <v>0.6</v>
+      </c>
+      <c r="D693" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E693" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="694" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A694" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B694" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C694" s="14">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D694" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E694" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="695" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A695" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B695" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C695" s="14">
+        <v>1.3</v>
+      </c>
+      <c r="D695" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="E695" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="696" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A696" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B696" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C696" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D696" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E696" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="697" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A697" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="B697" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="C697" s="14">
+        <v>2</v>
+      </c>
+      <c r="D697" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E697" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="698" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A698" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="B698" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C698" s="14">
+        <v>2</v>
+      </c>
+      <c r="D698" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E698" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="699" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A699" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="B699" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="C699" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D699" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E699" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="700" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A700" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="B700" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="C700" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D700" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E700" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="701" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A701" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="B701" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="C701" s="14">
+        <v>2</v>
+      </c>
+      <c r="D701" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E701" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="702" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A702" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="B702" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="C702" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D702" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E702" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="703" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A703" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="B703" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C703" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D703" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E703" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="704" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A704" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="B704" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C704" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D704" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E704" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="705" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A705" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B705" s="6" t="s">
+        <v>895</v>
+      </c>
+      <c r="C705" s="14"/>
+      <c r="D705" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E705" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="706" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A706" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B706" s="6" t="s">
+        <v>889</v>
+      </c>
+      <c r="C706" s="14"/>
+      <c r="D706" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E706" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="707" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A707" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B707" s="6" t="s">
+        <v>890</v>
+      </c>
+      <c r="C707" s="14"/>
+      <c r="D707" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E707" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="708" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A708" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B708" s="6" t="s">
+        <v>894</v>
+      </c>
+      <c r="C708" s="14"/>
+      <c r="D708" s="19" t="s">
+        <v>314</v>
+      </c>
+      <c r="E708" s="19">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="709" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A709" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B709" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="C709" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D709" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="E709" s="19">
+        <v>198.94</v>
+      </c>
+    </row>
+    <row r="710" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A710" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B710" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="C710" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D710" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E710" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="711" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A711" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B711" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="C711" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D711" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E711" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="712" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A712" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B712" s="6" t="s">
+        <v>935</v>
+      </c>
+      <c r="C712" s="14"/>
+      <c r="D712" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="E712" s="19">
+        <v>261.48</v>
+      </c>
+    </row>
+    <row r="713" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A713" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B713" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="C713" s="14">
+        <v>2</v>
+      </c>
+      <c r="D713" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E713" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="714" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A714" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B714" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="C714" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D714" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E714" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="715" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A715" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B715" s="6" t="s">
+        <v>896</v>
+      </c>
+      <c r="C715" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D715" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E715" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="716" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A716" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B716" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="C716" s="14">
+        <v>3</v>
+      </c>
+      <c r="D716" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E716" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="717" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A717" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B717" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="C717" s="14">
+        <v>2</v>
+      </c>
+      <c r="D717" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E717" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="718" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A718" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B718" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="C718" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D718" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E718" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="719" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A719" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B719" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="C719" s="14">
+        <v>2</v>
+      </c>
+      <c r="D719" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E719" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="720" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A720" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B720" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="C720" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D720" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="E720" s="19">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="721" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A721" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B721" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C721" s="14">
+        <v>1</v>
+      </c>
+      <c r="D721" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="10" t="s">
+      <c r="E721" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="722" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A722" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B722" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C722" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D722" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E722" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="723" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A723" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B723" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="C723" s="14">
+        <v>1.5</v>
+      </c>
+      <c r="D723" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E723" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="724" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A724" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B724" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="C724" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D724" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E724" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="725" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A725" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B725" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C725" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D725" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E725" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="726" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A726" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B726" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C726" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D726" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E726" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="727" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A727" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B727" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="C727" s="14">
+        <v>2</v>
+      </c>
+      <c r="D727" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E727" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="728" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A728" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B728" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="C728" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D728" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E728" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="729" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A729" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B729" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="C729" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D729" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E729" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="730" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A730" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B730" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="C730" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D730" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E730" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="731" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A731" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B731" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="C731" s="14">
+        <v>2</v>
+      </c>
+      <c r="D731" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E731" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="732" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A732" s="6" t="s">
+        <v>871</v>
+      </c>
+      <c r="B732" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="C732" s="14">
+        <v>4</v>
+      </c>
+      <c r="D732" s="19" t="s">
+        <v>668</v>
+      </c>
+      <c r="E732" s="19">
+        <v>243.38</v>
+      </c>
+    </row>
+    <row r="733" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A733" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B733" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="C733" s="14">
+        <v>1.7</v>
+      </c>
+      <c r="D733" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="E733" s="19">
+        <v>103.8</v>
+      </c>
+    </row>
+    <row r="734" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A734" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B734" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="C734" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D734" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="E734" s="19">
+        <v>61.59</v>
+      </c>
+    </row>
+    <row r="735" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A735" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B735" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="C735" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D735" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="E735" s="19">
+        <v>61.59</v>
+      </c>
+    </row>
+    <row r="736" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A736" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B736" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="C736" s="14">
+        <v>1.7</v>
+      </c>
+      <c r="D736" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E736" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="737" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A737" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B737" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="C737" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D737" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E737" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="738" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A738" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B738" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="C738" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D738" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E738" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="739" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A739" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B739" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C739" s="14">
+        <v>2</v>
+      </c>
+      <c r="D739" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E739" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="740" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A740" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B740" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="C740" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D740" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E740" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="741" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A741" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B741" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="C741" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D741" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E741" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="742" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A742" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B742" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="C742" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D742" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E742" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="743" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A743" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B743" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="C743" s="14">
+        <v>2</v>
+      </c>
+      <c r="D743" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E743" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="744" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A744" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B744" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="C744" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D744" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E744" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="745" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A745" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B745" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="C745" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D745" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E745" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="746" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A746" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B746" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="C746" s="14">
+        <v>2</v>
+      </c>
+      <c r="D746" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E746" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="747" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A747" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B747" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="C747" s="14">
+        <v>2</v>
+      </c>
+      <c r="D747" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E747" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="748" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A748" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B748" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C748" s="14">
         <v>1</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="7" t="s">
+      <c r="D748" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E748" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="749" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A749" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B749" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C749" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D749" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E749" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="750" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A750" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B750" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C750" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D750" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E750" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="751" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A751" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B751" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C751" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D751" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E751" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="752" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A752" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B752" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C752" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D752" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E752" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="753" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A753" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B753" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C753" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D753" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E753" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="754" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A754" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B754" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C754" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D754" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="11">
-[...10 lines deleted...]
-      <c r="B7" s="7" t="s">
+      <c r="E754" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="755" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A755" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B755" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="C755" s="14">
+        <v>1.7</v>
+      </c>
+      <c r="D755" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="11">
-[...10 lines deleted...]
-      <c r="B8" s="7" t="s">
+      <c r="E755" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="756" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A756" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B756" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="C756" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D756" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E756" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="757" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A757" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B757" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="C757" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D757" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E757" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="758" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A758" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B758" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="C758" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D758" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E758" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="759" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A759" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B759" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="C759" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D759" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E759" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="760" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A760" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B760" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="C760" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D760" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E760" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="761" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A761" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B761" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="C761" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D761" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E761" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="762" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A762" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B762" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="C762" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D762" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E762" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="763" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A763" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B763" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C763" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D763" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E763" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="764" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A764" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B764" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="C764" s="14">
+        <v>2</v>
+      </c>
+      <c r="D764" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="11">
-[...10 lines deleted...]
-      <c r="B9" s="7" t="s">
+      <c r="E764" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="765" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A765" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B765" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C765" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D765" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E765" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="766" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A766" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B766" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="C766" s="14">
+        <v>2</v>
+      </c>
+      <c r="D766" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E766" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="767" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A767" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B767" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="C767" s="14">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D767" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="11">
-[...74 lines deleted...]
-      <c r="C18" s="13"/>
+      <c r="E767" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="768" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A768" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B768" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="C768" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D768" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E768" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="769" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A769" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B769" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="C769" s="14">
+        <v>2.8</v>
+      </c>
+      <c r="D769" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E769" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="770" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A770" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B770" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="C770" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D770" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E770" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="771" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A771" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B771" s="6" t="s">
+        <v>702</v>
+      </c>
+      <c r="C771" s="14">
+        <v>2</v>
+      </c>
+      <c r="D771" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E771" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="772" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A772" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B772" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="C772" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D772" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E772" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="773" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A773" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B773" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="C773" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D773" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E773" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="774" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A774" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B774" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="C774" s="14">
+        <v>2</v>
+      </c>
+      <c r="D774" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E774" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="775" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A775" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B775" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="C775" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D775" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E775" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="776" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A776" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B776" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="C776" s="14">
+        <v>2.9</v>
+      </c>
+      <c r="D776" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E776" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="777" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A777" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B777" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="C777" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D777" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E777" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="778" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A778" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B778" s="6" t="s">
+        <v>923</v>
+      </c>
+      <c r="C778" s="14"/>
+      <c r="D778" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E778" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="779" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A779" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B779" s="6" t="s">
+        <v>948</v>
+      </c>
+      <c r="C779" s="14">
+        <v>2</v>
+      </c>
+      <c r="D779" s="19" t="s">
+        <v>311</v>
+      </c>
+      <c r="E779" s="19">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="780" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A780" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B780" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="C780" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D780" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E780" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="781" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A781" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B781" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="C781" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D781" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="E781" s="19">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="782" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A782" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B782" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="C782" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D782" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="E782" s="19">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="783" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A783" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B783" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="C783" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D783" s="19" t="s">
+        <v>458</v>
+      </c>
+      <c r="E783" s="19">
+        <v>129.91999999999999</v>
+      </c>
+    </row>
+    <row r="784" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A784" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B784" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="C784" s="14">
+        <v>2</v>
+      </c>
+      <c r="D784" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E784" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="785" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A785" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B785" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="C785" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D785" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E785" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="786" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A786" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B786" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="C786" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D786" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E786" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="787" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A787" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B787" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="C787" s="14">
+        <v>2</v>
+      </c>
+      <c r="D787" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E787" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="788" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A788" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B788" s="6" t="s">
+        <v>900</v>
+      </c>
+      <c r="C788" s="14"/>
+      <c r="D788" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="E788" s="19">
+        <v>150.79</v>
+      </c>
+    </row>
+    <row r="789" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A789" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B789" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="C789" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D789" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E789" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="790" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A790" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B790" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="C790" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D790" s="19" t="s">
+        <v>460</v>
+      </c>
+      <c r="E790" s="19">
+        <v>170.55</v>
+      </c>
+    </row>
+    <row r="791" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A791" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B791" s="6" t="s">
+        <v>751</v>
+      </c>
+      <c r="C791" s="14">
+        <v>2</v>
+      </c>
+      <c r="D791" s="19" t="s">
+        <v>665</v>
+      </c>
+      <c r="E791" s="19">
+        <v>178.48</v>
+      </c>
+    </row>
+    <row r="792" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A792" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B792" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="C792" s="14">
+        <v>2</v>
+      </c>
+      <c r="D792" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E792" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="793" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A793" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B793" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="C793" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D793" s="19" t="s">
+        <v>307</v>
+      </c>
+      <c r="E793" s="19">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="794" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A794" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B794" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="C794" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D794" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E794" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="795" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A795" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B795" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="C795" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="D795" s="19" t="s">
+        <v>309</v>
+      </c>
+      <c r="E795" s="19">
+        <v>147.06</v>
+      </c>
+    </row>
+    <row r="796" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A796" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B796" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="C796" s="14">
+        <v>3</v>
+      </c>
+      <c r="D796" s="19" t="s">
+        <v>310</v>
+      </c>
+      <c r="E796" s="19">
+        <v>183.92</v>
+      </c>
+    </row>
+    <row r="797" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A797" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B797" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="C797" s="14">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="D797" s="19" t="s">
+        <v>312</v>
+      </c>
+      <c r="E797" s="19">
+        <v>241.4</v>
+      </c>
+    </row>
+    <row r="798" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A798" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B798" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="C798" s="14">
+        <v>5</v>
+      </c>
+      <c r="D798" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="E798" s="19">
+        <v>258.64999999999998</v>
+      </c>
+    </row>
+    <row r="799" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A799" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B799" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="C799" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D799" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E799" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="800" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A800" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B800" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="C800" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D800" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E800" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="801" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A801" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B801" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="C801" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D801" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E801" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="802" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A802" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B802" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="C802" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D802" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E802" s="19">
+        <v>71.180000000000007</v>
+      </c>
+    </row>
+    <row r="803" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A803" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B803" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="C803" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D803" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E803" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="804" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A804" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B804" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="C804" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D804" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E804" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="805" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A805" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B805" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="C805" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D805" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E805" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="806" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A806" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B806" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="C806" s="14">
+        <v>2</v>
+      </c>
+      <c r="D806" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E806" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="807" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A807" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B807" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="C807" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D807" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E807" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="808" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A808" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B808" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="C808" s="14">
+        <v>2</v>
+      </c>
+      <c r="D808" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E808" s="19">
+        <v>81.17</v>
+      </c>
+    </row>
+    <row r="809" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A809" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B809" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="C809" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D809" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E809" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="810" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A810" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B810" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="C810" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D810" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E810" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="811" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A811" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B811" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="C811" s="14">
+        <v>2</v>
+      </c>
+      <c r="D811" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E811" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="812" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A812" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B812" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="C812" s="14">
+        <v>2</v>
+      </c>
+      <c r="D812" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E812" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="813" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A813" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B813" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="C813" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D813" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E813" s="19">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="814" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A814" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B814" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="C814" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D814" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="E814" s="19">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="815" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A815" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B815" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="C815" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D815" s="19" t="s">
+        <v>462</v>
+      </c>
+      <c r="E815" s="19">
+        <v>227.35</v>
+      </c>
+    </row>
+    <row r="816" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A816" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B816" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C816" s="14">
+        <v>1</v>
+      </c>
+      <c r="D816" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="E816" s="19">
+        <v>42.75</v>
+      </c>
+    </row>
+    <row r="817" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A817" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B817" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C817" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D817" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="E817" s="19">
+        <v>48.47</v>
+      </c>
+    </row>
+    <row r="818" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A818" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B818" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C818" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="D818" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E818" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="819" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A819" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B819" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C819" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D819" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E819" s="19">
+        <v>51.7</v>
+      </c>
+    </row>
+    <row r="820" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A820" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B820" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="C820" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D820" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E820" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="821" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A821" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B821" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C821" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D821" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E821" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="822" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A822" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B822" s="6" t="s">
+        <v>901</v>
+      </c>
+      <c r="C822" s="14">
+        <v>1</v>
+      </c>
+      <c r="D822" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E822" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="823" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A823" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B823" s="6" t="s">
+        <v>908</v>
+      </c>
+      <c r="C823" s="14">
+        <v>1</v>
+      </c>
+      <c r="D823" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E823" s="19">
+        <v>55.43</v>
+      </c>
+    </row>
+    <row r="824" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A824" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B824" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C824" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D824" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E824" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="825" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A825" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B825" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="C825" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D825" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E825" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="826" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A826" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B826" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="C826" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D826" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E826" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="827" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A827" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B827" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C827" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D827" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E827" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="828" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A828" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B828" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="C828" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D828" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E828" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="829" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A829" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B829" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="C829" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="D829" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E829" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="830" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A830" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B830" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="C830" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D830" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E830" s="19">
+        <v>58.64</v>
+      </c>
+    </row>
+    <row r="831" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A831" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B831" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="C831" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D831" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E831" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="832" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A832" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B832" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="C832" s="14">
+        <v>2</v>
+      </c>
+      <c r="D832" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E832" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="833" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A833" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B833" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C833" s="14">
+        <v>2</v>
+      </c>
+      <c r="D833" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E833" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="834" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A834" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B834" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C834" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D834" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E834" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="835" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A835" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B835" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="C835" s="14">
+        <v>2</v>
+      </c>
+      <c r="D835" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E835" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="836" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A836" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B836" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="C836" s="14">
+        <v>2</v>
+      </c>
+      <c r="D836" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E836" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="837" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A837" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B837" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="C837" s="14">
+        <v>2</v>
+      </c>
+      <c r="D837" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E837" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="838" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A838" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B838" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="C838" s="14">
+        <v>2</v>
+      </c>
+      <c r="D838" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E838" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="839" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A839" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B839" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C839" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="D839" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E839" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="840" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A840" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B840" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="C840" s="14">
+        <v>2</v>
+      </c>
+      <c r="D840" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E840" s="19">
+        <v>62.48</v>
+      </c>
+    </row>
+    <row r="841" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A841" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B841" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="C841" s="14">
+        <v>2</v>
+      </c>
+      <c r="D841" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E841" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="842" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A842" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B842" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="C842" s="14">
+        <v>2</v>
+      </c>
+      <c r="D842" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E842" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="843" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A843" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B843" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="C843" s="14">
+        <v>2</v>
+      </c>
+      <c r="D843" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E843" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="844" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A844" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B844" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="C844" s="14"/>
+      <c r="D844" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E844" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="845" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A845" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B845" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C845" s="14">
+        <v>2</v>
+      </c>
+      <c r="D845" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E845" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="846" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A846" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B846" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="C846" s="14">
+        <v>2</v>
+      </c>
+      <c r="D846" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E846" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="847" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A847" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B847" s="6" t="s">
+        <v>945</v>
+      </c>
+      <c r="C847" s="14">
+        <v>2</v>
+      </c>
+      <c r="D847" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="E847" s="19">
+        <v>87.62</v>
+      </c>
+    </row>
+    <row r="848" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A848" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B848" s="6" t="s">
+        <v>693</v>
+      </c>
+      <c r="C848" s="14">
+        <v>1.8</v>
+      </c>
+      <c r="D848" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="E848" s="19">
+        <v>89.67</v>
+      </c>
+    </row>
+    <row r="849" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A849" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B849" s="6" t="s">
+        <v>700</v>
+      </c>
+      <c r="C849" s="14">
+        <v>1.4</v>
+      </c>
+      <c r="D849" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E849" s="19">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="850" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A850" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B850" s="6" t="s">
+        <v>874</v>
+      </c>
+      <c r="C850" s="14">
+        <v>2</v>
+      </c>
+      <c r="D850" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E850" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="851" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A851" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B851" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="C851" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="D851" s="19" t="s">
+        <v>663</v>
+      </c>
+      <c r="E851" s="19">
+        <v>122.98</v>
+      </c>
+    </row>
+    <row r="852" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A852" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B852" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="C852" s="14">
+        <v>2</v>
+      </c>
+      <c r="D852" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E852" s="19">
+        <v>134.36000000000001</v>
+      </c>
+    </row>
+    <row r="853" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A853" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B853" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="C853" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="D853" s="19" t="s">
+        <v>664</v>
+      </c>
+      <c r="E853" s="19">
+        <v>134.36000000000001</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A5:F11" xr:uid="{00000000-0009-0000-0000-000001000000}">
-[...1 lines deleted...]
-      <sortCondition ref="E5:E544"/>
+  <autoFilter ref="A5:E853" xr:uid="{00000000-0009-0000-0000-000001000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:E853">
+      <sortCondition ref="A5:A853"/>
     </sortState>
   </autoFilter>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:E853">
+    <sortCondition ref="A6:A853"/>
+    <sortCondition ref="D6:D853"/>
+  </sortState>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="93" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:B17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B17" sqref="B17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A1">
+        <v>1</v>
+      </c>
+      <c r="B1" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A2">
+        <v>2</v>
+      </c>
+      <c r="B2" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="B3" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A4">
+        <v>3</v>
+      </c>
+      <c r="B4" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="B5" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A6">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="B7" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A8">
+        <v>5</v>
+      </c>
+      <c r="B8" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="B9" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A10">
+        <v>6</v>
+      </c>
+      <c r="B10" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="B11" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A12">
+        <v>7</v>
+      </c>
+      <c r="B12" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="B13" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A14">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="B15" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="B16" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A17">
+        <v>9</v>
+      </c>
+      <c r="B17" t="s">
+        <v>985</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>'by reg age, veh age and group'!Print_Titles</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>by group and model</vt:lpstr>
+      <vt:lpstr>by manufacturer model and group</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>'by manufacturer model and group'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Emma Reid</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>